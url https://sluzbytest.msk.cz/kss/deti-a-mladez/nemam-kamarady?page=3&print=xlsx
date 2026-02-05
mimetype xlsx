--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Armáda spásy, Nízkoprahové zařízení pro děti a mládež Havířov</t>
   </si>
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Slovenského nár. povstání 805/2, 73601 Havířov, 737 215 426</t>
   </si>
   <si>
     <t>Armáda spásy, Nízkoprahové zařízení pro děti a mládež Kopřivnice</t>
   </si>
   <si>
     <t>Kopřivnice</t>
   </si>
   <si>
@@ -254,60 +254,51 @@
   <si>
     <t>Rolnická 1636/21a, 74705 Opava 5, 775 591 986</t>
   </si>
   <si>
     <t>NZDM Maják</t>
   </si>
   <si>
     <t>B. Němcové 853, 73514 Orlová 4, 777 988 786</t>
   </si>
   <si>
     <t>NZDM Na Hraně</t>
   </si>
   <si>
     <t>Hlučín</t>
   </si>
   <si>
     <t>Úzká 717/3, 74801 Hlučín, 775 591 986</t>
   </si>
   <si>
     <t>NZDM OPEN HOUSE</t>
   </si>
   <si>
     <t>Bruntál, Vrbno pod Pradědem</t>
   </si>
   <si>
-    <t>Dlouhá 1852/26b, 79201 Bruntál 1, 775 096 716, Dr. E. Beneše 309/47, 79201 Bruntál 1, 775 096 716</t>
-[...8 lines deleted...]
-    <t>Dělnická 746, 74901 Vítkov, 553 038 227, 733 183 778</t>
+    <t>Dr. E. Beneše 309/47, 79201 Bruntál 1, 775 096 716, Husova 469, 79326 Vrbno pod Pradědem, 775 096 716</t>
   </si>
   <si>
     <t>POHODA Karviná</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná, 603 855 041</t>
   </si>
   <si>
     <t>Zvídálek-středisko pro mimoškolní činnost dětí a mládeže</t>
   </si>
   <si>
     <t>Hlubčická 297/3, 79401 Krnov 1, 554 611 366, 606 771 040</t>
   </si>
   <si>
     <t>Charitní středisko "Maják"</t>
   </si>
   <si>
     <t>Český Těšín</t>
   </si>
   <si>
     <t>Jablunkovská 997/84, 73701 Český Těšín 1, 739 184 830</t>
   </si>
   <si>
     <t>Linka důvěry</t>
   </si>
@@ -654,54 +645,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C37"/>
+  <dimension ref="A1:C36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C37" sqref="C37"/>
+      <selection activeCell="C36" sqref="C36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1024,98 +1015,87 @@
         <v>75</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B33" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C33" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C34" s="2" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B35" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>90</v>
-      </c>
-[...9 lines deleted...]
-        <v>93</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">