--- v0 (2025-12-18)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Armáda spásy, Nízkoprahové zařízení pro děti a mládež Havířov</t>
   </si>
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Slovenského nár. povstání 805/2, 73601 Havířov, 737 215 426</t>
   </si>
   <si>
     <t>Armáda spásy, Nízkoprahové zařízení pro děti a mládež Kopřivnice</t>
   </si>
   <si>
     <t>Kopřivnice</t>
   </si>
   <si>
@@ -254,210 +254,195 @@
   <si>
     <t>Rolnická 1636/21a, 74705 Opava 5, 775 591 986</t>
   </si>
   <si>
     <t>NZDM Maják</t>
   </si>
   <si>
     <t>B. Němcové 853, 73514 Orlová 4, 777 988 786</t>
   </si>
   <si>
     <t>NZDM Na Hraně</t>
   </si>
   <si>
     <t>Hlučín</t>
   </si>
   <si>
     <t>Úzká 717/3, 74801 Hlučín, 775 591 986</t>
   </si>
   <si>
     <t>NZDM OPEN HOUSE</t>
   </si>
   <si>
     <t>Bruntál, Vrbno pod Pradědem</t>
   </si>
   <si>
-    <t>Dlouhá 1852/26b, 79201 Bruntál 1, 775 096 716, Dr. E. Beneše 309/47, 79201 Bruntál 1, 775 096 716</t>
-[...5 lines deleted...]
-    <t>Vítkov</t>
+    <t>Dr. E. Beneše 309/47, 79201 Bruntál 1, 775 096 716, Husova 469, 79326 Vrbno pod Pradědem, 775 096 716</t>
+  </si>
+  <si>
+    <t>POHODA Karviná</t>
+  </si>
+  <si>
+    <t>V Aleji 435/12, 73401 Karviná, 603 855 041</t>
+  </si>
+  <si>
+    <t>Zvídálek-středisko pro mimoškolní činnost dětí a mládeže</t>
+  </si>
+  <si>
+    <t>Hlubčická 297/3, 79401 Krnov 1, 554 611 366, 606 771 040</t>
+  </si>
+  <si>
+    <t>Charitní středisko "Maják"</t>
+  </si>
+  <si>
+    <t>Český Těšín</t>
+  </si>
+  <si>
+    <t>Jablunkovská 997/84, 73701 Český Těšín 1, 739 184 830</t>
+  </si>
+  <si>
+    <t>Armáda spásy, Sociálně aktivizační služby pro rodiny s dětmi Kopřivnice, Příbor, Štramberk</t>
+  </si>
+  <si>
+    <t>Kopřivnice, Příbor, Štramberk</t>
+  </si>
+  <si>
+    <t>Horní 1112/21b, 74221 Kopřivnice</t>
+  </si>
+  <si>
+    <t>Centrum Pramínek</t>
+  </si>
+  <si>
+    <t>Míru 1345, 73801 Frýdek-Místek, 733 676 671</t>
+  </si>
+  <si>
+    <t>Hnízdo-Čiriklano Kher</t>
+  </si>
+  <si>
+    <t>Bílovec, Orlová, Ostrava, Petřvald, Studénka</t>
+  </si>
+  <si>
+    <t>Bieblova 406/6, 70200 Ostrava, 596 111 840</t>
+  </si>
+  <si>
+    <t>Charitní středisko Klíč</t>
+  </si>
+  <si>
+    <t>Hrabinská 458/33, 73701 Český Těšín, 703 842 051</t>
+  </si>
+  <si>
+    <t>KLUB-KO</t>
+  </si>
+  <si>
+    <t>U Tiskárny 515/3, 70200 Ostrava, 596 136 609</t>
+  </si>
+  <si>
+    <t>Návrat dítěte do rodiny</t>
+  </si>
+  <si>
+    <t>Prokešovo náměstí 618/3, 70200 Ostrava, 724 701 613</t>
+  </si>
+  <si>
+    <t>SAS Elim Opava</t>
+  </si>
+  <si>
+    <t>Bělá, Bohuslavice, Bolatice, Branka u Opavy, Bratříkovice, Brumovice, Březová, Budišov nad Budišovkou, Budišovice, Čermná ve Slezsku, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Životice, Háj ve Slezsku, Hať, Hlavnice, Hlubočec, Hlučín, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Kobeřice, Kozmice, Kravaře, Kružberk, Kyjovice, Lhotka u Litultovic, Litultovice, Ludgeřovice, Markvartovice, Melč, Mikolajice, Mladecko, Mokré Lazce, Moravice, Neplachovice, Nové Lublice, Nové Sedlice, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Rohov, Skřipov, Slavkov, Služovice, Sosnová, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Svatoňovice, Šilheřovice, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Uhlířov, Velké Heraltice, Velké Hoštice, Větřkovice, Vítkov, Vršovice, Vřesina, Závada</t>
+  </si>
+  <si>
+    <t>Rolnická 1636/21a, 74705 Opava, 775 591 986</t>
+  </si>
+  <si>
+    <t>SAS Tunnel</t>
+  </si>
+  <si>
+    <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Melč, Radkov, Svatoňovice, Větřkovice, Vítkov</t>
   </si>
   <si>
     <t>Dělnická 746, 74901 Vítkov, 553 038 227, 733 183 778</t>
   </si>
   <si>
-    <t>POHODA Karviná</t>
-[...76 lines deleted...]
-  <si>
     <t>Sociálně aktivizační služba pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Fulnek, Heřmánky, Jakubčovice nad Odrou, jiná obec v ČR, Luboměř, Mankovice, Odry, Spálov</t>
   </si>
   <si>
     <t>Nádražní 695/28, 74235 Odry, 728 476 958</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Hlučín, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
-    <t>Nerudova 686/49, 70300 Ostrava 3, 595 054 006, Čujkovova 1718/29, 70030 Ostrava 30, 595 054 006</t>
+    <t>Nerudova 686/49, 70300 Ostrava 3, 736 609 529, Čujkovova 1718/29, 70030 Ostrava 30, 736 609 529</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi Nový Jičín</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Kostelní 2080/6, 74101 Nový Jičín, 774 789 811</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISITENCE Karviná, Orlová</t>
   </si>
   <si>
     <t>Dětmarovice, Doubrava, Karviná, Orlová, Petrovice u Karviné, Petřvald, Stonava</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná 4, 604 642 991, Masarykova třída 900, 73514 Orlová, 604 642 991</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Jablunkov, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Hrčava, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>čp. 650, 73992 Návsí, 558 320 300</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Krnovsko, Albrechticko, Osoblažsko, Rýmařovsko</t>
   </si>
   <si>
     <t>Bohušov, Brantice, Břidličná, Býkov-Láryšov, Čaková, Dívčí Hrad, Dolní Moravice, Heřmanovice, Hlinka, Holčovice, Horní Město, Hošťálkovy, Janov, Jindřichov, Jiříkov, Krasov, Lichnov, Liptaň, Malá Morávka, Malá Štáhle, Město Albrechtice, Osoblaha, Petrovice, Rusín, Rýmařov, Ryžoviště, Slezské Pavlovice, Slezské Rudoltice, Stará Ves, Třemešná, Tvrdkov, Úvalno, Velká Štáhle, Vysoká, Zátor</t>
   </si>
   <si>
     <t>Dvořákův okruh 298/21, 79401 Krnov, Lázeňská 119/2, 79395 Město Albrechtice, Klášterní 100, 79399 Osoblaha, třída Hrdinů 414/4, 79501 Rýmařov</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Ostrava, Bohumín, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bohumín, Ostrava</t>
   </si>
   <si>
     <t>Drátovenská 246, 73551 Bohumín 5, 734 360 326, Štramberská 2871/47, 70300 Ostrava 3, 734 769 704</t>
-  </si>
-[...7 lines deleted...]
-    <t>Máchova 643, 73961 Třinec, 558 320 300</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE, Frýdek - Místek, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Baška, Brušperk, Bruzovice, Čeladná, Dobrá, Dobratice, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Hnojník, Horní Tošanovice, Hukvaldy, Janovice, Kaňovice, Kozlovice, Krásná, Lučina, Metylovice, Nižní Lhoty, Nošovice, Ostrava, Ostravice, Palkovice, Paskov, Pazderna, Pržno, Raškovice, Řepiště, Sedliště, Staré Město, Staříč, Sviadnov, Třanovice, Vojkovice, Vyšní Lhoty, Žabeň, Žermanice</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek 1, 739 380 145</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -783,54 +768,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C53"/>
+  <dimension ref="A1:C51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C53" sqref="C53"/>
+      <selection activeCell="C51" sqref="C51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1153,274 +1138,252 @@
         <v>75</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B33" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C33" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C34" s="2" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B35" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B37" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C37" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B38" s="2" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B39" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C39" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C40" s="2" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B42" s="2" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>83</v>
+        <v>110</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      <c r="A52" s="2" t="s">
         <v>131</v>
-      </c>
-[...15 lines deleted...]
-        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">