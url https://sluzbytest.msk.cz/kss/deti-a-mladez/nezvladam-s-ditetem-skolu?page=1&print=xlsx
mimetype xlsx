--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -170,51 +170,51 @@
   <si>
     <t>Nádražní 695/28, 74235 Odry, 775 886 946</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež Radvanice</t>
   </si>
   <si>
     <t>Ráčkova 664/20, 71600 Ostrava, 774 713 002</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež SPOLEČNĚ-JEKHETANE</t>
   </si>
   <si>
     <t>Dělnická 387/20, 70800 Ostrava, 774 482 407, Božkova 969/65, 70200 Ostrava, 774 482 407</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež Vítkovice</t>
   </si>
   <si>
     <t>náměstí Jiřího z Poděbrad 779/15, 70300 Ostrava, 774 713 002</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež-Komunitní centrum Hrušov</t>
   </si>
   <si>
-    <t>Zemanská 568/3, 71200 Ostrava, 734 567 227, Hladnovská 259/128, 71200 Ostrava, 734 567 227, Bieblova 404/8, 70200 Ostrava, 734 567 227</t>
+    <t>Zemanská 568/3, 71200 Ostrava, 777 760 195, Hladnovská 259/128, 71200 Ostrava, 777 760 195, Bieblova 404/8, 70200 Ostrava, 777 760 195</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež-Komunitní centrum Liščina</t>
   </si>
   <si>
     <t>Technická 659/10, 71100 Ostrava, 596 244 640, 777 760 199</t>
   </si>
   <si>
     <t>Nízkoprahový klub U-kryt</t>
   </si>
   <si>
     <t>Jiřího z Poděbrad 3109, 73801 Frýdek-Místek, 558 435 637, 776 219 568</t>
   </si>
   <si>
     <t>NZDM Futra</t>
   </si>
   <si>
     <t>Orlová</t>
   </si>
   <si>
     <t>Masarykova třída 1000, 73514 Orlová, 777 988 786</t>
   </si>
   <si>
     <t>NZDM Klub Bunkr, Bohumín</t>
   </si>
@@ -353,111 +353,111 @@
   <si>
     <t>SAS Tunnel</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Melč, Radkov, Svatoňovice, Větřkovice, Vítkov</t>
   </si>
   <si>
     <t>Dělnická 746, 74901 Vítkov, 553 038 227, 733 183 778</t>
   </si>
   <si>
     <t>Sociálně aktivizační služba pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Fulnek, Heřmánky, Jakubčovice nad Odrou, jiná obec v ČR, Luboměř, Mankovice, Odry, Spálov</t>
   </si>
   <si>
     <t>Nádražní 695/28, 74235 Odry, 728 476 958</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Hlučín, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
-    <t>Nerudova 686/49, 70300 Ostrava 3, 736 609 529, Čujkovova 1718/29, 70030 Ostrava 30, 736 609 529</t>
+    <t>Nerudova 686/49, 70300 Ostrava 3, 736 142 187, Čujkovova 1718/29, 70030 Ostrava 30, 736 142 187</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi Nový Jičín</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
-    <t>Kostelní 2080/6, 74101 Nový Jičín, 774 789 811</t>
+    <t>Štefánikova 826/7, 74101 Nový Jičín, 728 280 769</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISITENCE Karviná, Orlová</t>
   </si>
   <si>
     <t>Dětmarovice, Doubrava, Karviná, Orlová, Petrovice u Karviné, Petřvald, Stonava</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná 4, 604 642 991, Masarykova třída 900, 73514 Orlová, 604 642 991</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Jablunkov, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Hrčava, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>čp. 650, 73992 Návsí, 558 320 300</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Krnovsko, Albrechticko, Osoblažsko, Rýmařovsko</t>
   </si>
   <si>
     <t>Bohušov, Brantice, Břidličná, Býkov-Láryšov, Čaková, Dívčí Hrad, Dolní Moravice, Heřmanovice, Hlinka, Holčovice, Horní Město, Hošťálkovy, Janov, Jindřichov, Jiříkov, Krasov, Lichnov, Liptaň, Malá Morávka, Malá Štáhle, Město Albrechtice, Osoblaha, Petrovice, Rusín, Rýmařov, Ryžoviště, Slezské Pavlovice, Slezské Rudoltice, Stará Ves, Třemešná, Tvrdkov, Úvalno, Velká Štáhle, Vysoká, Zátor</t>
   </si>
   <si>
     <t>Dvořákův okruh 298/21, 79401 Krnov, Lázeňská 119/2, 79395 Město Albrechtice, Klášterní 100, 79399 Osoblaha, třída Hrdinů 414/4, 79501 Rýmařov</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Ostrava, Bohumín, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bohumín, Ostrava</t>
   </si>
   <si>
     <t>Drátovenská 246, 73551 Bohumín 5, 734 360 326, Štramberská 2871/47, 70300 Ostrava 3, 734 769 704</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE, Frýdek - Místek, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Baška, Brušperk, Bruzovice, Čeladná, Dobrá, Dobratice, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Hnojník, Horní Tošanovice, Hukvaldy, Janovice, Kaňovice, Kozlovice, Krásná, Lučina, Metylovice, Nižní Lhoty, Nošovice, Ostrava, Ostravice, Palkovice, Paskov, Pazderna, Pržno, Raškovice, Řepiště, Sedliště, Staré Město, Staříč, Sviadnov, Třanovice, Vojkovice, Vyšní Lhoty, Žabeň, Žermanice</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek 1, 739 380 145</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -764,51 +764,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C51" sqref="C51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -1346,59 +1346,50 @@
       <c r="A50" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>