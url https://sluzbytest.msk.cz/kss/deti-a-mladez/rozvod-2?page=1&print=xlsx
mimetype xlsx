--- v0 (2026-02-05)
+++ v1 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -188,51 +188,51 @@
   <si>
     <t>Nádražní 695/28, 74235 Odry, 775 886 946</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež Radvanice</t>
   </si>
   <si>
     <t>Ráčkova 664/20, 71600 Ostrava, 774 713 002</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež SPOLEČNĚ-JEKHETANE</t>
   </si>
   <si>
     <t>Dělnická 387/20, 70800 Ostrava, 774 482 407, Božkova 969/65, 70200 Ostrava, 774 482 407</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež Vítkovice</t>
   </si>
   <si>
     <t>náměstí Jiřího z Poděbrad 779/15, 70300 Ostrava, 774 713 002</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež-Komunitní centrum Hrušov</t>
   </si>
   <si>
-    <t>Zemanská 568/3, 71200 Ostrava, 734 567 227, Hladnovská 259/128, 71200 Ostrava, 734 567 227, Bieblova 404/8, 70200 Ostrava, 734 567 227</t>
+    <t>Zemanská 568/3, 71200 Ostrava, 777 760 195, Hladnovská 259/128, 71200 Ostrava, 777 760 195, Bieblova 404/8, 70200 Ostrava, 777 760 195</t>
   </si>
   <si>
     <t>Nízkoprahové zařízení pro děti a mládež-Komunitní centrum Liščina</t>
   </si>
   <si>
     <t>Technická 659/10, 71100 Ostrava, 596 244 640, 777 760 199</t>
   </si>
   <si>
     <t>Nízkoprahový klub U-kryt</t>
   </si>
   <si>
     <t>Jiřího z Poděbrad 3109, 73801 Frýdek-Místek, 558 435 637, 776 219 568</t>
   </si>
   <si>
     <t>NZDM Futra</t>
   </si>
   <si>
     <t>Orlová</t>
   </si>
   <si>
     <t>Masarykova třída 1000, 73514 Orlová, 777 988 786</t>
   </si>
   <si>
     <t>NZDM Klub Bunkr, Bohumín</t>
   </si>
@@ -371,60 +371,60 @@
   <si>
     <t>SAS Tunnel</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Melč, Radkov, Svatoňovice, Větřkovice, Vítkov</t>
   </si>
   <si>
     <t>Dělnická 746, 74901 Vítkov, 553 038 227, 733 183 778</t>
   </si>
   <si>
     <t>Sociálně aktivizační služba pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Fulnek, Heřmánky, Jakubčovice nad Odrou, jiná obec v ČR, Luboměř, Mankovice, Odry, Spálov</t>
   </si>
   <si>
     <t>Nádražní 695/28, 74235 Odry, 728 476 958</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Hlučín, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
-    <t>Nerudova 686/49, 70300 Ostrava 3, 736 609 529, Čujkovova 1718/29, 70030 Ostrava 30, 736 609 529</t>
+    <t>Nerudova 686/49, 70300 Ostrava 3, 736 142 187, Čujkovova 1718/29, 70030 Ostrava 30, 736 142 187</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi Nový Jičín</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
-    <t>Kostelní 2080/6, 74101 Nový Jičín, 774 789 811</t>
+    <t>Štefánikova 826/7, 74101 Nový Jičín, 728 280 769</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISITENCE Karviná, Orlová</t>
   </si>
   <si>
     <t>Dětmarovice, Doubrava, Karviná, Orlová, Petrovice u Karviné, Petřvald, Stonava</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná 4, 604 642 991, Masarykova třída 900, 73514 Orlová, 604 642 991</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Jablunkov, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Hrčava, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>čp. 650, 73992 Návsí, 558 320 300</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Krnovsko, Albrechticko, Osoblažsko, Rýmařovsko</t>
   </si>
   <si>
     <t>Bohušov, Brantice, Břidličná, Býkov-Láryšov, Čaková, Dívčí Hrad, Dolní Moravice, Heřmanovice, Hlinka, Holčovice, Horní Město, Hošťálkovy, Janov, Jindřichov, Jiříkov, Krasov, Lichnov, Liptaň, Malá Morávka, Malá Štáhle, Město Albrechtice, Osoblaha, Petrovice, Rusín, Rýmařov, Ryžoviště, Slezské Pavlovice, Slezské Rudoltice, Stará Ves, Třemešná, Tvrdkov, Úvalno, Velká Štáhle, Vysoká, Zátor</t>
   </si>
@@ -437,51 +437,51 @@
   <si>
     <t>Bohumín, Ostrava</t>
   </si>
   <si>
     <t>Drátovenská 246, 73551 Bohumín 5, 734 360 326, Štramberská 2871/47, 70300 Ostrava 3, 734 769 704</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE, Frýdek - Místek, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Baška, Brušperk, Bruzovice, Čeladná, Dobrá, Dobratice, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Hnojník, Horní Tošanovice, Hukvaldy, Janovice, Kaňovice, Kozlovice, Krásná, Lučina, Metylovice, Nižní Lhoty, Nošovice, Ostrava, Ostravice, Palkovice, Paskov, Pazderna, Pržno, Raškovice, Řepiště, Sedliště, Staré Město, Staříč, Sviadnov, Třanovice, Vojkovice, Vyšní Lhoty, Žabeň, Žermanice</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek 1, 739 380 145</t>
   </si>
   <si>
     <t>Linka důvěry</t>
   </si>
   <si>
     <t>Nemocniční 898/20, 72880 Ostrava, 737 267 939</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -788,51 +788,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C54" sqref="C54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -1403,59 +1403,50 @@
       <c r="A53" s="2" t="s">
         <v>135</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>139</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>