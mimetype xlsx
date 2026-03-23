--- v0 (2025-12-13)
+++ v1 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -224,51 +224,51 @@
   <si>
     <t>SÁRA Petrovice u Karviné, azylový dům pro ženy a ženy s dětmi</t>
   </si>
   <si>
     <t>Petrovice u Karviné</t>
   </si>
   <si>
     <t>čp. 616, 73572 Petrovice u Karviné, 605 292 991</t>
   </si>
   <si>
     <t>SÁRA Třinec, azylový dům</t>
   </si>
   <si>
     <t>Hraniční 280, 73961 Třinec, 558 990 401, 733 142 420, Komenského 682, 73961 Třinec, 558 990 401, 733 142 420</t>
   </si>
   <si>
     <t>Azylový dům pro matky s dětmi</t>
   </si>
   <si>
     <t>Budečská 1373/3, 70200 Ostrava, 595 054 003</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -575,51 +575,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -893,59 +893,50 @@
       <c r="A26" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>68</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>