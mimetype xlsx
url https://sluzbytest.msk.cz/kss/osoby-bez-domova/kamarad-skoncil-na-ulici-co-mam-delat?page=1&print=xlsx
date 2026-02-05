--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Armáda spásy, Azylový dům Krnov</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>Čsl. armády 837/36b, 79401 Krnov, 773 770 207</t>
   </si>
   <si>
     <t>Armáda spásy, Azylový dům pro muže Havířov</t>
   </si>
   <si>
     <t>Havířov</t>
   </si>
   <si>
@@ -368,56 +368,50 @@
   <si>
     <t>Holvekova 204/44, 71800 Ostrava 18, 734 875 532, Puchmajerova 980/10, 70200 Ostrava 2, 734 875 532, Plzeňská 2617/6, 70030 Ostrava 30, 734 875 532</t>
   </si>
   <si>
     <t>Poradna Charity Ostrava</t>
   </si>
   <si>
     <t>Charvátská 785/8, 70030 Ostrava, 731 625 767</t>
   </si>
   <si>
     <t>Poradna sv. Alexandra</t>
   </si>
   <si>
     <t>Františka Formana 251/13, 70030 Ostrava, 731 625 840</t>
   </si>
   <si>
     <t>Armáda spásy, Terénní programy Adelante Ostrava</t>
   </si>
   <si>
     <t>Armáda spásy, Prevence bezdomovectví Bohumín</t>
   </si>
   <si>
     <t>Trnková 322, 73551 Bohumín, 737 215 431</t>
   </si>
   <si>
-    <t>Armáda spásy, Prevence bezdomovectví Frýdek-Místek</t>
-[...4 lines deleted...]
-  <si>
     <t>Armáda spásy, Prevence bezdomovectví Havířov</t>
   </si>
   <si>
     <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
   </si>
   <si>
     <t>Obránců míru 619/3, 73601 Havířov, 737 215 426</t>
   </si>
   <si>
     <t>Armáda spásy, Prevence bezdomovectví Kopřivnice</t>
   </si>
   <si>
     <t>Horní 1112/21b, 74221 Kopřivnice, 251 106 424</t>
   </si>
   <si>
     <t>Armáda spásy, Prevence bezdomovectví Ostrava</t>
   </si>
   <si>
     <t>Volgogradská 2464/16, 70030 Ostrava, 737 251 431, Dělnická 313/48, 70800 Ostrava, 737 251 431, Palackého 741/25, 70200 Ostrava, 737 251 431</t>
   </si>
   <si>
     <t>Armáda spásy, Terénní programy Havířov</t>
   </si>
   <si>
     <t>Na Spojce 807/2, 73601 Havířov, 773 770 141</t>
@@ -491,51 +485,51 @@
   <si>
     <t>Bruntál, Dívčí Hrad, Krnov, Rýmařov</t>
   </si>
   <si>
     <t>Zahradní 1455/1, 79201 Bruntál, 734 518 846, Dívčí Hrad 62, 79399 Dívčí Hrad, 734 518 846</t>
   </si>
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Havířov, oborné sociální poradenství</t>
   </si>
   <si>
     <t>Opletalova 607/4, 73601 Havířov, 734 864 124</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Karviná</t>
   </si>
   <si>
     <t>Havířská 1189/31, 73506 Karviná, 734 645 272, V Aleji 435/12, 73401 Karviná 4, 734 645 272</t>
   </si>
   <si>
-    <t>Občanská poradna Nový Jičín</t>
+    <t>Občanská poradna Novojičínsko</t>
   </si>
   <si>
     <t>Kopřivnice, Nový Jičín, Příbor</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403, náměstí Sigmunda Freuda 19, 74258 Příbor, 556 709 403</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Ostrava, odborné sociální poradenství</t>
   </si>
   <si>
     <t>Štramberská 2871/47, 70300 Ostrava, 734 645 275</t>
   </si>
   <si>
     <t>Občanské poradny SPOLEČNĚ-JEKHETANE</t>
   </si>
   <si>
     <t>U Tiskárny 515/3, 70200 Ostrava, 596 113 890, Dělnická 387/20, 70800 Ostrava, 591 124 979</t>
   </si>
   <si>
     <t>Odborné sociální poradenství</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná 6, 725 217 133</t>
   </si>
@@ -581,66 +575,66 @@
   <si>
     <t>Švermova /249, 74901 Vítkov, nám. Jana Zajíce /1, 74901 Vítkov</t>
   </si>
   <si>
     <t>KONTAKT Bohumín, terénní program</t>
   </si>
   <si>
     <t>Drátovenská 246, 73551 Bohumín, 734 640 269</t>
   </si>
   <si>
     <t>KONTAKT Karviná</t>
   </si>
   <si>
     <t>Gustawa Morcinka 1332/1, 73506 Karviná, 733 142 401</t>
   </si>
   <si>
     <t>Návrat do společnosti</t>
   </si>
   <si>
     <t>Prokešovo náměstí 618/3, 70200 Ostrava, 724 701 613</t>
   </si>
   <si>
     <t>OPEN STREET</t>
   </si>
   <si>
-    <t>Dr. E. Beneše 309/47, 79201 Bruntál, 775 096 716</t>
+    <t>Dr. E. Beneše 309/47, 79201 Bruntál, 775 096 710</t>
   </si>
   <si>
     <t>Program bydlení CENTROM</t>
   </si>
   <si>
     <t>28. října 875/275, 70900 Ostrava, 774 713 002</t>
   </si>
   <si>
     <t>Služby drogové prevence OPEN HOUSE</t>
   </si>
   <si>
     <t>Bruntál, Kravaře, Vrbno pod Pradědem</t>
   </si>
   <si>
-    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 714, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
+    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 710, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
   </si>
   <si>
     <t>STREETWORK ON LINE Karviná, terénní program</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná 4, 731 428 974</t>
   </si>
   <si>
     <t>Terénní program Frýdecko-Místecko</t>
   </si>
   <si>
     <t>Český Těšín, Frýdek-Místek, Frýdlant nad Ostravicí, Jablunkov, Třinec</t>
   </si>
   <si>
     <t>Družstevní 294, 73961 Třinec, 723 141 029</t>
   </si>
   <si>
     <t>Terénní program Krnovsko</t>
   </si>
   <si>
     <t>E. F. Buriana 908/1, 79401 Krnov 1, 608 868 460</t>
   </si>
   <si>
     <t>Terénní program Ostrava</t>
   </si>
@@ -665,81 +659,81 @@
   <si>
     <t>ČSL armády 808/43b, 79401 Krnov, 735 171 001</t>
   </si>
   <si>
     <t>Terénní programy organizační jednotky Helpale</t>
   </si>
   <si>
     <t>Bieblova 404/8, 70200 Ostrava 2, 596 130 715</t>
   </si>
   <si>
     <t>Terénní programy SPOLEČNĚ-JEKHETANE</t>
   </si>
   <si>
     <t>U Tiskárny 515/3, 70200 Ostrava 2, 596 136 609, Dělnická 387/20, 70800 Ostrava 8, 591 124 979</t>
   </si>
   <si>
     <t>Poradna pro ženy a dívky Frýdek-Mistek</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek 1, 558 434 961, 731 752 513</t>
   </si>
   <si>
     <t>Rodinná poradna</t>
   </si>
   <si>
-    <t>Hlučín, Hradec nad Moravicí, Nový Jičín, Odry, Ostrava, Raduň, Třinec</t>
+    <t>Bartošovice, Bělá, Bohuslavice, Čavisov, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Lhota, Hať, Hladké Životice, Hlučín, Hodslavice, Horní Lhota, Hostašovice, Jeseník nad Odrou, Klimkovice, Kozmice, Kunín, Libhošť, Ludgeřovice, Markvartovice, Mořkov, Nový Jičín, Olbramice, Ostrava, Píšť, Rybí, Sedlnice, Stará Ves nad Ondřejnicí, Starý Jičín, Suchdol nad Odrou, Šenov, Šenov u Nového Jičína, Šilheřovice, Třinec, Václavovice, Velká Polom, Vratimov, Vřesina, Závada, Zbyslavice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Jahnova 867/12, 70900 Ostrava, 595 054 000</t>
   </si>
   <si>
     <t>Terapeutické centrum</t>
   </si>
   <si>
     <t>Bystřice, Hnojník, Komorní Lhotka, Košařiska, Nýdek, Ostrava, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
   <si>
     <t>Stojanovo náměstí 1072/1, 70900 Ostrava, 724 154 239, Družstevní 294, 73961 Třinec</t>
   </si>
   <si>
     <t>Poradenské centrum R-R Ostrava</t>
   </si>
   <si>
     <t>Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Macharova 965/7, 70200 Ostrava 2, 777 180 186</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Terénní program na Novojičínsku</t>
   </si>
   <si>
-    <t>Bílovec, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor</t>
+    <t>Bílovec, Budišov nad Budišovkou, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor, Vítkov</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 723 946 507</t>
   </si>
   <si>
     <t>Zdravotně-sociální pomoc</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Žerotínova 1230/1, 70200 Ostrava 2, 703 167 504</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1068,54 +1062,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C102"/>
+  <dimension ref="A1:C101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C102" sqref="C102"/>
+      <selection activeCell="C101" sqref="C101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1647,604 +1641,593 @@
         <v>115</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>10</v>
+        <v>119</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>121</v>
+        <v>4</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C60" s="2" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>45</v>
+        <v>135</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>135</v>
+        <v>88</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
         <v>136</v>
       </c>
       <c r="B62" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C62" s="2" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
         <v>140</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>10</v>
+        <v>141</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>143</v>
+        <v>10</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>10</v>
+        <v>146</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>151</v>
+        <v>42</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
         <v>153</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>42</v>
+        <v>7</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
         <v>155</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>7</v>
+        <v>45</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
         <v>157</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>45</v>
+        <v>158</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>160</v>
+        <v>10</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2" t="s">
         <v>162</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2" t="s">
         <v>164</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2" t="s">
         <v>166</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>45</v>
+        <v>167</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>175</v>
+        <v>10</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2" t="s">
         <v>177</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>10</v>
+        <v>178</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>180</v>
+        <v>97</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2" t="s">
         <v>182</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>97</v>
+        <v>45</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2" t="s">
         <v>184</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2" t="s">
         <v>186</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2" t="s">
         <v>188</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2" t="s">
         <v>190</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>10</v>
+        <v>191</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>193</v>
+        <v>45</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2" t="s">
         <v>195</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>45</v>
+        <v>196</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>198</v>
+        <v>4</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="2" t="s">
         <v>200</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>4</v>
+        <v>201</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>203</v>
+        <v>45</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>204</v>
+        <v>165</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C91" s="2" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="2" t="s">
         <v>206</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="2" t="s">
         <v>208</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="2" t="s">
         <v>210</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="2" t="s">
         <v>212</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="2" t="s">
         <v>214</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>42</v>
+        <v>215</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="2" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>223</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-      <c r="A102" s="2" t="s">
         <v>229</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">