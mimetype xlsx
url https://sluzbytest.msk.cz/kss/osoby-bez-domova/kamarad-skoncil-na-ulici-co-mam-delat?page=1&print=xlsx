--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -707,51 +707,51 @@
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Terénní program na Novojičínsku</t>
   </si>
   <si>
     <t>Bílovec, Budišov nad Budišovkou, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor, Vítkov</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 723 946 507</t>
   </si>
   <si>
     <t>Zdravotně-sociální pomoc</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Žerotínova 1230/1, 70200 Ostrava 2, 703 167 504</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1058,51 +1058,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C101" sqref="C101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -2190,59 +2190,50 @@
       <c r="A100" s="2" t="s">
         <v>224</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="2" t="s">
         <v>227</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>228</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>229</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>