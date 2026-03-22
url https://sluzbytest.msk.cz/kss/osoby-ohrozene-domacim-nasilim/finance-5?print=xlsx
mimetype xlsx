--- v1 (2026-02-05)
+++ v2 (2026-03-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -104,51 +104,51 @@
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403, náměstí Sigmunda Freuda 19, 74258 Příbor, 556 709 403</t>
   </si>
   <si>
     <t>Občanská poradna v Bohumíně</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Štefánikova 957, 73581 Bohumín, 734 645 275</t>
   </si>
   <si>
     <t>Rodinná poradna</t>
   </si>
   <si>
     <t>Bartošovice, Bělá, Bohuslavice, Čavisov, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Lhota, Hať, Hladké Životice, Hlučín, Hodslavice, Horní Lhota, Hostašovice, Jeseník nad Odrou, Klimkovice, Kozmice, Kunín, Libhošť, Ludgeřovice, Markvartovice, Mořkov, Nový Jičín, Olbramice, Ostrava, Píšť, Rybí, Sedlnice, Stará Ves nad Ondřejnicí, Starý Jičín, Suchdol nad Odrou, Šenov, Šenov u Nového Jičína, Šilheřovice, Třinec, Václavovice, Velká Polom, Vratimov, Vřesina, Závada, Zbyslavice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Jahnova 867/12, 70900 Ostrava, 595 054 000</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -455,51 +455,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -586,59 +586,50 @@
       <c r="A9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>