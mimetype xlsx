--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Armáda spásy, Azylový dům pro muže Havířov</t>
   </si>
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Na Spojce 807/2, 73601 Havířov</t>
   </si>
   <si>
     <t>Armáda spásy, Azylový dům Adelante Ostrava</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
@@ -215,107 +215,92 @@
   <si>
     <t>Bruzovská 328, 73801 Frýdek-Místek, 605 201 512</t>
   </si>
   <si>
     <t>SÁRA Frýdek-Místek, Azylový dům pro ženy</t>
   </si>
   <si>
     <t>Komenského 159, 73801 Frýdek-Místek 1, 731 149 539, Bruzovská 328, 73801 Frýdek-Místek 1, 731 149 539</t>
   </si>
   <si>
     <t>SÁRA Petrovice u Karviné, azylový dům pro ženy a ženy s dětmi</t>
   </si>
   <si>
     <t>Petrovice u Karviné</t>
   </si>
   <si>
     <t>čp. 616, 73572 Petrovice u Karviné, 605 292 991</t>
   </si>
   <si>
     <t>SÁRA Třinec, azylový dům</t>
   </si>
   <si>
     <t>Hraniční 280, 73961 Třinec, 558 990 401, 733 142 420, Komenského 682, 73961 Třinec, 558 990 401, 733 142 420</t>
   </si>
   <si>
-    <t>azylový dům</t>
-[...7 lines deleted...]
-  <si>
     <t>Azylový dům pro matky s dětmi</t>
   </si>
   <si>
     <t>Budečská 1373/3, 70200 Ostrava, 595 054 003</t>
   </si>
   <si>
     <t>Kontaktní a poradenské centrum Frýdek-Místek</t>
   </si>
   <si>
     <t>Malé náměstí 104, 73801 Frýdek-Místek, 558 628 444</t>
   </si>
   <si>
     <t>Kontaktní a poradenské centrum pro osoby ohrožené závislotmi</t>
   </si>
   <si>
     <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
   </si>
   <si>
     <t>Hřbitovní 166/12, 73601 Havířov, 596 884 854</t>
   </si>
   <si>
     <t>Krizové a kontaktní centrum "Pod slunečníkem" o.p.s.</t>
   </si>
   <si>
     <t>Přemyslovců 16/32, 74707 Opava, 553 718 487</t>
   </si>
   <si>
     <t>Armáda spásy, Terénní programy Adelante Ostrava</t>
   </si>
   <si>
     <t>U Nových válcoven 1571/9, 70900 Ostrava, 737 215 411</t>
   </si>
   <si>
     <t>Armáda spásy, Prevence bezdomovectví Bohumín</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Trnková 322, 73551 Bohumín, 737 215 431</t>
   </si>
   <si>
-    <t>Armáda spásy, Prevence bezdomovectví Frýdek-Místek</t>
-[...4 lines deleted...]
-  <si>
     <t>Armáda spásy, Prevence bezdomovectví Havířov</t>
   </si>
   <si>
     <t>Obránců míru 619/3, 73601 Havířov, 737 215 426</t>
   </si>
   <si>
     <t>Armáda spásy, Prevence bezdomovectví Kopřivnice</t>
   </si>
   <si>
     <t>Horní 1112/21b, 74221 Kopřivnice, 251 106 424</t>
   </si>
   <si>
     <t>Armáda spásy, Terénní programy Havířov</t>
   </si>
   <si>
     <t>Na Spojce 807/2, 73601 Havířov, 773 770 141</t>
   </si>
   <si>
     <t>Armáda spásy, Terénní programy Krnov</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>Opavská 251/26, 79401 Krnov, 737 215 429</t>
@@ -359,81 +344,81 @@
   <si>
     <t>nám. T. G. Masaryka 810/4, 73601 Havířov 1, 603 761 243</t>
   </si>
   <si>
     <t>Charitní dům sv. Benedikta Labre - terénní programy</t>
   </si>
   <si>
     <t>Lidická 773/54, 70300 Ostrava, 733 441 883</t>
   </si>
   <si>
     <t>Armáda spásy, Prevence bezdomovectví Frenštát pod Radhoštěm</t>
   </si>
   <si>
     <t>Frenštát pod Radhoštěm</t>
   </si>
   <si>
     <t>Martinská čtvrť 1136, 74401 Frenštát pod Radhoštěm, 737 215 433</t>
   </si>
   <si>
     <t>Služby drogové prevence OPEN HOUSE</t>
   </si>
   <si>
     <t>Bruntál, Kravaře, Vrbno pod Pradědem</t>
   </si>
   <si>
-    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 714, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
+    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 710, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
   </si>
   <si>
     <t>STREETWORK GABRIEL Karviná, terénní program</t>
   </si>
   <si>
     <t>Karviná, Orlová</t>
   </si>
   <si>
     <t>tř. Družby 1106/25, 73506 Karviná, 731 428 974, Poštovní 338/4, 73301 Karviná, 731 428 974, Masarykova třída 1000, 73514 Orlová, 731 428 974</t>
   </si>
   <si>
     <t>Terénní program Frýdecko-Místecko</t>
   </si>
   <si>
     <t>Český Těšín, Frýdek-Místek, Frýdlant nad Ostravicí, Jablunkov, Třinec</t>
   </si>
   <si>
     <t>Družstevní 294, 73961 Třinec, 723 141 029</t>
   </si>
   <si>
     <t>Terénní program Krnovsko</t>
   </si>
   <si>
     <t>E. F. Buriana 908/1, 79401 Krnov 1, 608 868 460</t>
   </si>
   <si>
     <t>Terénní program na Novojičínsku</t>
   </si>
   <si>
-    <t>Bílovec, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor</t>
+    <t>Bílovec, Budišov nad Budišovkou, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor, Vítkov</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 723 946 507</t>
   </si>
   <si>
     <t>Terénní program Ostrava</t>
   </si>
   <si>
     <t>Bohumín, Hlučín, Ostrava</t>
   </si>
   <si>
     <t>Zengrova 828/69, 70300 Ostrava 3, 774 719 357</t>
   </si>
   <si>
     <t>Terénní programy ARKA</t>
   </si>
   <si>
     <t>Sokolská třída 2587/81, 70200 Ostrava 2, 734 377 810</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -768,54 +753,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C53"/>
+  <dimension ref="A1:C51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C53" sqref="C53"/>
+      <selection activeCell="C51" sqref="C51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1072,340 +1057,318 @@
         <v>62</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B27" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C27" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C28" s="2" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B29" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B30" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C30" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C31" s="2" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B32" s="2" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B33" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C33" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C34" s="2" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C35" s="2" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B36" s="2" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>75</v>
+        <v>10</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B38" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C38" s="2" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C39" s="2" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C40" s="2" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B41" s="2" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B43" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C43" s="2" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B44" s="2" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>7</v>
+        <v>109</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>93</v>
+        <v>123</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>125</v>
+        <v>7</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>126</v>
-      </c>
-[...20 lines deleted...]
-        <v>131</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">