--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -398,51 +398,51 @@
   <si>
     <t>Bílovec, Budišov nad Budišovkou, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor, Vítkov</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 723 946 507</t>
   </si>
   <si>
     <t>Terénní program Ostrava</t>
   </si>
   <si>
     <t>Bohumín, Hlučín, Ostrava</t>
   </si>
   <si>
     <t>Zengrova 828/69, 70300 Ostrava 3, 774 719 357</t>
   </si>
   <si>
     <t>Terénní programy ARKA</t>
   </si>
   <si>
     <t>Sokolská třída 2587/81, 70200 Ostrava 2, 734 377 810</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -749,51 +749,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C51" sqref="C51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -1331,59 +1331,50 @@
       <c r="A50" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>123</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>