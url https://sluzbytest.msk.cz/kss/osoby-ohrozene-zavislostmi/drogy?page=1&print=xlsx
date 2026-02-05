--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -125,90 +125,90 @@
   <si>
     <t>Poradny Frýdek-Místek, Karviná</t>
   </si>
   <si>
     <t>Frýdek-Místek, Karviná</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek 1, 724 087 221, Karola Śliwky 149/17, 73301 Karviná, 731 494 695</t>
   </si>
   <si>
     <t>SLUNCE- služby nízkoprahového centra</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>nám. Hrdinů 926/9, 79401 Krnov 1, 554 620 177, 608 868 460, E. F. Buriana 908/1, 79401 Krnov 1, 554 620 177, 608 868 460</t>
   </si>
   <si>
     <t>Služby drogové prevence OPEN HOUSE</t>
   </si>
   <si>
     <t>Bruntál, Kravaře, Vrbno pod Pradědem</t>
   </si>
   <si>
-    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 714, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
+    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 710, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
   </si>
   <si>
     <t>STREETWORK GABRIEL Karviná, terénní program</t>
   </si>
   <si>
     <t>Karviná, Orlová</t>
   </si>
   <si>
     <t>tř. Družby 1106/25, 73506 Karviná, 731 428 974, Poštovní 338/4, 73301 Karviná, 731 428 974, Masarykova třída 1000, 73514 Orlová, 731 428 974</t>
   </si>
   <si>
     <t>Terapeutická komunita Renarkon</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Čeladná 383, 73912 Čeladná, 558 684 334, 775 272 543</t>
   </si>
   <si>
     <t>Terénní program Frýdecko-Místecko</t>
   </si>
   <si>
     <t>Český Těšín, Frýdek-Místek, Frýdlant nad Ostravicí, Jablunkov, Třinec</t>
   </si>
   <si>
     <t>Družstevní 294, 73961 Třinec, 723 141 029</t>
   </si>
   <si>
     <t>Terénní program Krnovsko</t>
   </si>
   <si>
     <t>E. F. Buriana 908/1, 79401 Krnov 1, 608 868 460</t>
   </si>
   <si>
     <t>Terénní program na Novojičínsku</t>
   </si>
   <si>
-    <t>Bílovec, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor</t>
+    <t>Bílovec, Budišov nad Budišovkou, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor, Vítkov</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 723 946 507</t>
   </si>
   <si>
     <t>Terénní program Ostrava</t>
   </si>
   <si>
     <t>Bohumín, Hlučín, Ostrava</t>
   </si>
   <si>
     <t>Zengrova 828/69, 70300 Ostrava 3, 774 719 357</t>
   </si>
   <si>
     <t>Terénní programy ARKA</t>
   </si>
   <si>
     <t>Sokolská třída 2587/81, 70200 Ostrava 2, 734 377 810</t>
   </si>
   <si>
     <t>Terapeutické centrum</t>
   </si>
   <si>
     <t>Bystřice, Hnojník, Komorní Lhotka, Košařiska, Nýdek, Ostrava, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>