--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -203,51 +203,51 @@
   <si>
     <t>Terénní programy ARKA</t>
   </si>
   <si>
     <t>Sokolská třída 2587/81, 70200 Ostrava 2, 734 377 810</t>
   </si>
   <si>
     <t>Terapeutické centrum</t>
   </si>
   <si>
     <t>Bystřice, Hnojník, Komorní Lhotka, Košařiska, Nýdek, Ostrava, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
   <si>
     <t>Stojanovo náměstí 1072/1, 70900 Ostrava, 724 154 239, Družstevní 294, 73961 Třinec</t>
   </si>
   <si>
     <t>EXIT, terapeutická komunita</t>
   </si>
   <si>
     <t>Komorní Lhota 151, 73953 Hnojník, 734 873 868</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -554,51 +554,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C23" sqref="C23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -828,59 +828,50 @@
       <c r="A22" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>