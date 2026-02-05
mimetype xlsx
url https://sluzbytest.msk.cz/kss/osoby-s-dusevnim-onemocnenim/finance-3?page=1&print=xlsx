--- v0 (2025-12-19)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Odborné sociální poradenství pro seniory</t>
   </si>
   <si>
     <t>Havířov</t>
   </si>
   <si>
@@ -138,59 +138,50 @@
     <t>RÚT Český Těšín, sociální rehabilitace</t>
   </si>
   <si>
     <t>Český Těšín, Chotěbuz</t>
   </si>
   <si>
     <t>Smetanova 1912/5, 73701 Český Těšín, 731 826 808</t>
   </si>
   <si>
     <t>RÚT Frýdek-Místek, sociální rehabilitace</t>
   </si>
   <si>
     <t>Baška, Brušperk, Bruzovice, Dobrá, Dobratice, Dolní Domaslavice, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Horní Domaslavice, Horní Tošanovice, Hukvaldy, Kaňovice, Kozlovice, Krásná, Krmelín, Lhotka, Lučina, Morávka, Nižní Lhoty, Nošovice, Palkovice, Paskov, Pazderna, Pražmo, Raškovice, Řepiště, Sedliště, Soběšovice, Staré Město, Staříč, Sviadnov, Třanovice, Vojkovice, Vyšní Lhoty, Žabeň, Žermanice</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek 1, 703 499 991</t>
   </si>
   <si>
     <t>RÚT Havířov</t>
   </si>
   <si>
     <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
   </si>
   <si>
     <t>Jarošova 1194/31b, 73601 Havířov, 731 428 974, Svornosti 86/2, 73601 Havířov 1, 731 428 974</t>
-  </si>
-[...7 lines deleted...]
-    <t>Fryštátská 89/2, 73301 Karviná, 734 681 565, Masarykovo nám. 4/3, 73301 Karviná 1, 734 681 565</t>
   </si>
   <si>
     <t>RÚT Krnov, sociální rehabilitace</t>
   </si>
   <si>
     <t>Bohušov, Brantice, Býkov-Láryšov, Čaková, Dívčí Hrad, Heřmanovice, Hlinka, Holčovice, Hošťálkovy, Janov, Jindřichov, Krasov, Krnov, Lichnov, Liptaň, Město Albrechtice, Osoblaha, Petrovice, Rusín, Slezské Pavlovice, Slezské Rudoltice, Třemešná, Úvalno, Vysoká, Zátor</t>
   </si>
   <si>
     <t>Hlubčická 147/8, 79401 Krnov</t>
   </si>
   <si>
     <t>RÚT Nový Jičín, sociální rehabilitace</t>
   </si>
   <si>
     <t>Frenštát pod Radhoštěm, Fulnek, Kopřivnice, Nový Jičín, Odry, Příbor, Studénka</t>
   </si>
   <si>
     <t>Havlíčkova 31, 74401 Frenštát pod Radhoštěm, 734 366 561, Sokolovská 617/9, 74101 Nový Jičín 1, 734 366 561</t>
   </si>
   <si>
     <t>RÚT Třinec, sociální rehabilitace</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Bystřice, Dolní Lomná, Hnojník, Hrádek, Hrčava, Jablunkov, Komorní Lhotka, Košařiska, Milíkov, Mosty u Jablunkova, Návsí, Nýdek, Písečná, Písek, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
@@ -579,54 +570,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C25"/>
+  <dimension ref="A1:C24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C25" sqref="C25"/>
+      <selection activeCell="C24" sqref="C24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -795,120 +786,109 @@
         <v>45</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B19" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C19" s="2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B20" s="2" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B21" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C21" s="2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B23" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>65</v>
-      </c>
-[...9 lines deleted...]
-        <v>68</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">