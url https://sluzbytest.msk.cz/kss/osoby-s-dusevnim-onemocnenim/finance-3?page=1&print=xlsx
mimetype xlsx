--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -215,51 +215,51 @@
   <si>
     <t>Strmá 1013/3, 70900 Mariánské Hory, Chelčického 616/12, 70200 Ostrava, 770 181 120</t>
   </si>
   <si>
     <t>Terenní služba ZOOM</t>
   </si>
   <si>
     <t>Baška, Bruzovice, Dobrá, Dobratice, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Janovice, Kaňovice, Lučina, Metylovice, Nižní Lhoty, Nošovice, Palkovice, Paskov, Pazderna, Pržno, Raškovice, Řepiště, Sedliště, Staré Město, Staříč, Sviadnov, Vojkovice, Vyšní Lhoty, Žabeň</t>
   </si>
   <si>
     <t>Sadová 604, 73801 Frýdek-Místek 1, 603 488 176</t>
   </si>
   <si>
     <t>Sociální rehabilitace</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Branka u Opavy, Bratříkovice, Brumovice, Březová, Budišov nad Budišovkou, Budišovice, Čermná ve Slezsku, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Životice, Háj ve Slezsku, Hať, Hlavnice, Hlubočec, Hlučín, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Kobeřice, Kozmice, Kravaře, Kružberk, Kyjovice, Lhotka u Litultovic, Litultovice, Ludgeřovice, Markvartovice, Melč, Mikolajice, Mladecko, Mokré Lazce, Moravice, Neplachovice, Nové Lublice, Nové Sedlice, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Rohov, Skřipov, Slavkov, Služovice, Sosnová, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Svatoňovice, Šilheřovice, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Uhlířov, Velké Heraltice, Velké Hoštice, Větřkovice, Vítkov, Vršovice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hradecká 650/16, 74601 Opava 1, 553 652 433, 722 933 477</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -566,51 +566,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C24" sqref="C24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -851,59 +851,50 @@
       <c r="A23" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>