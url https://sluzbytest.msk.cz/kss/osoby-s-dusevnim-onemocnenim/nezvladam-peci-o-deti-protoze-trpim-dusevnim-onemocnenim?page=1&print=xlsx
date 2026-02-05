--- v0 (2025-12-19)
+++ v1 (2026-02-05)
@@ -26,51 +26,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Adámkova vila, Osobní asistence, z.ú.</t>
   </si>
   <si>
-    <t>Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
+    <t>Dobrá, Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Pražmo, 730 820 129</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
   </si>
   <si>
     <t>Diakonie ČCE středisko v Rýmařově</t>
   </si>
   <si>
     <t>Břidličná, Dolní Moravice, Horní Město, Jiříkov, Rýmařov, Ryžoviště, Stará Ves, Tvrdkov, Velká Štáhle</t>
   </si>
   <si>
     <t>Lidická 1328/14, 79501 Rýmařov, 554 211 294</t>
   </si>
   <si>
     <t>ELIM Stonava, pečovatelská služba</t>
   </si>
@@ -95,51 +95,51 @@
   <si>
     <t>Nemocniční 898/20, 72880 Ostrava, 737 267 939</t>
   </si>
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Odborné sociální poradenství v Kontaktním centru Anabell Ostrava</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Pivovarská 4/10, 70200 Ostrava, 602 236 457</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Bohumín, příspěvková organizace</t>
   </si>
   <si>
-    <t>Bohumín</t>
+    <t>Bohumín, Dolní Lutyně, Rychvald</t>
   </si>
   <si>
     <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
   </si>
   <si>
     <t>osobní asistence</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice</t>
   </si>
   <si>
     <t>Osobní asistence</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek, 778 500 159, Českobratrská 230/26, 70200 Ostrava 2, 777 011 934</t>
   </si>
   <si>
     <t>Pečovatelská služba</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Hladké Životice, Jakubčovice nad Odrou, jiná obec v ČR, Kružberk, Kujavy, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Suchdol nad Odrou, Svatoňovice, Větřkovice, Vítkov, Vrchy</t>
   </si>