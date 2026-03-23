--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -191,51 +191,51 @@
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>Dukelská 108, 73991 Jablunkov, 558 713 772, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Třinec, osobní asistence</t>
   </si>
   <si>
     <t>Bystřice, Hnojník, Nýdek, Ropice, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
   <si>
     <t>Smetanova 523, 73961 Třinec 1, 739 525 242</t>
   </si>
   <si>
     <t>Podané ruce - osobní asistence</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -542,51 +542,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -794,59 +794,50 @@
       <c r="A20" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>