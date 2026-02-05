--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="327">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>ARCHA Český Těšín, chráněné bydlení</t>
   </si>
   <si>
     <t>Český Těšín</t>
   </si>
   <si>
     <t>Dukelská 263/7, 73701 Český  Těšín, 731 514 698, Hrabinská 496/19a, 73701 Český  Těšín, 731 514 698, Dukelská 2096/5a, 73701 Český Těšín, 731 514 698</t>
   </si>
   <si>
     <t>ARCHA Nový Jičín, chráněné bydlení</t>
   </si>
   <si>
     <t>Nový Jičín</t>
   </si>
   <si>
@@ -467,329 +467,332 @@
   <si>
     <t>Nákladní 231/31, 74601 Opava 1, 553 621 548, 731 427 984</t>
   </si>
   <si>
     <t>Bohumín, Čavisov, Dobroslavice, Dolní Lhota, Hlučín, Jistebník, Klimkovice, Krmelín, Markvartovice, Olbramice, Ostrava, Paskov, Petřvald, Rychvald, Řepiště, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Brandlova 1267/6, 72529 Ostrava, 603 337 641</t>
   </si>
   <si>
     <t>Závodní 1667/14, 73506 Karviná, 596 325 128</t>
   </si>
   <si>
     <t>Odlehčovací služby</t>
   </si>
   <si>
     <t>Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Kozlovice, Kunčice pod Ondřejníkem, Lhotka, Malenovice, Metylovice, Ostravice, Pržno, Pstruží, Staré Hamry</t>
   </si>
   <si>
     <t>Náměstí 6, 73911 Frýdlant nad Ostravicí, 603 980 386</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Bohumín, příspěvková organizace</t>
   </si>
   <si>
+    <t>Bohumín, Dolní Lutyně, Rychvald</t>
+  </si>
+  <si>
+    <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
+  </si>
+  <si>
+    <t>osobní asistence</t>
+  </si>
+  <si>
+    <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
+  </si>
+  <si>
+    <t>Hlučínská 739, 74727 Kobeřice</t>
+  </si>
+  <si>
+    <t>Osobní asistence</t>
+  </si>
+  <si>
+    <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
+  </si>
+  <si>
+    <t>Malý Koloredov 811, 73801 Frýdek-Místek, 778 500 159, Českobratrská 230/26, 70200 Ostrava 2, 777 011 934</t>
+  </si>
+  <si>
+    <t>Hnojník, Komorní Lhotka, Košařiska, Nýdek, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí</t>
+  </si>
+  <si>
+    <t>pečovatelská služba</t>
+  </si>
+  <si>
+    <t>Hlučínská 739, 74727 Kobeřice, 606 168 192</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba města Vratimova</t>
+  </si>
+  <si>
+    <t>Vratimov</t>
+  </si>
+  <si>
+    <t>Frýdecká 853/57, 73932 Vratimov, 595 705 911, 596 732 441</t>
+  </si>
+  <si>
+    <t>Podpora samostatného bydlení</t>
+  </si>
+  <si>
+    <t>Pavlovova 1625/65 1625/65, 70030 Ostrava 30, 725 022 799</t>
+  </si>
+  <si>
+    <t>Podpora samostatného bydlení JINAK Opava</t>
+  </si>
+  <si>
+    <t>čp. 220, 79393 Brantice, 608 232 221</t>
+  </si>
+  <si>
+    <t>Podpora samostatného bydlení JINAK Frenštát pod Radhoštěm</t>
+  </si>
+  <si>
+    <t>Bordovice, Frenštát pod Radhoštěm, Lichnov, Tichá, Trojanovice, Veřovice</t>
+  </si>
+  <si>
+    <t>Kalusova 1170, 74401 Frenštát pod Radhoštěm, 737 729 565</t>
+  </si>
+  <si>
+    <t>Poradenské středisko pro rodinu a dítě "RaD"</t>
+  </si>
+  <si>
+    <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
+  </si>
+  <si>
+    <t>Atriová 1297/5, 73601 Havířov, 724 538 804</t>
+  </si>
+  <si>
+    <t>Atriová 1297/5, 73601 Havířov, 596 885 678</t>
+  </si>
+  <si>
+    <t>RÚT Bohumín, sociální rehabilitace</t>
+  </si>
+  <si>
+    <t>Bohumín, Dětmarovice, Dolní Lutyně, Rychvald</t>
+  </si>
+  <si>
+    <t>nám. Svobody 7, 73581 Bohumín, 731 194 012</t>
+  </si>
+  <si>
+    <t>RÚT Český Těšín, sociální rehabilitace</t>
+  </si>
+  <si>
+    <t>Český Těšín, Chotěbuz</t>
+  </si>
+  <si>
+    <t>Smetanova 1912/5, 73701 Český Těšín, 731 826 808</t>
+  </si>
+  <si>
+    <t>RÚT Frýdek-Místek, sociální rehabilitace</t>
+  </si>
+  <si>
+    <t>Baška, Brušperk, Bruzovice, Dobrá, Dobratice, Dolní Domaslavice, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Horní Domaslavice, Horní Tošanovice, Hukvaldy, Kaňovice, Kozlovice, Krásná, Krmelín, Lhotka, Lučina, Morávka, Nižní Lhoty, Nošovice, Palkovice, Paskov, Pazderna, Pražmo, Raškovice, Řepiště, Sedliště, Soběšovice, Staré Město, Staříč, Sviadnov, Třanovice, Vojkovice, Vyšní Lhoty, Žabeň, Žermanice</t>
+  </si>
+  <si>
+    <t>Malý Koloredov 811, 73801 Frýdek-Místek 1, 703 499 991</t>
+  </si>
+  <si>
+    <t>RÚT Nový Jičín, sociální rehabilitace</t>
+  </si>
+  <si>
+    <t>Frenštát pod Radhoštěm, Fulnek, Kopřivnice, Nový Jičín, Odry, Příbor, Studénka</t>
+  </si>
+  <si>
+    <t>Havlíčkova 31, 74401 Frenštát pod Radhoštěm, 734 366 561, Sokolovská 617/9, 74101 Nový Jičín 1, 734 366 561</t>
+  </si>
+  <si>
+    <t>RÚT Ostrava</t>
+  </si>
+  <si>
+    <t>Štramberská 2871/47, 70300 Ostrava 3, 737 524 937</t>
+  </si>
+  <si>
+    <t>RÚT Třinec, sociální rehabilitace</t>
+  </si>
+  <si>
+    <t>Bocanovice, Bukovec, Bystřice, Dolní Lomná, Hnojník, Hrádek, Hrčava, Jablunkov, Komorní Lhotka, Košařiska, Milíkov, Mosty u Jablunkova, Návsí, Nýdek, Písečná, Písek, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
+  </si>
+  <si>
+    <t>čp. 423, 73961 Třinec, 731 826 808</t>
+  </si>
+  <si>
+    <t>Sagapo DOZP</t>
+  </si>
+  <si>
+    <t>Bruntál, Horní Benešov, Rýmařov, Vrbno pod Pradědem</t>
+  </si>
+  <si>
+    <t>Uhlířská 2069/2, 79201 Bruntál 1, 735 793 778, Svobody 592, 79312 Horní Benešov, 735 793 779, Svobody 593, 79312 Horní Benešov, 735 793 779, Revoluční 594/24, 79501 Rýmařov, 735 793 780, Jiráskova 653, 79326 Vrbno pod Pradědem, 734 643 064</t>
+  </si>
+  <si>
+    <t>Sagapo CHB</t>
+  </si>
+  <si>
+    <t>Hybešova 2068/2, 79201 Bruntál 1, 554 719 009, 605 263 884, Zeyerova 1929/18, 79201 Bruntál 1, 554 719 009, 605 263 884</t>
+  </si>
+  <si>
+    <t>Sírius, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Opava, Velké Hoštice</t>
+  </si>
+  <si>
+    <t>Dostojevského 1594/15, 74601 Opava 1, 553 711 803, Švestková 1372/32, 74706 Opava 6, 553 711 803, Pekliska 53, 74731 Velké Hoštice, 553 711 803</t>
+  </si>
+  <si>
+    <t>Sociální rehabilitace</t>
+  </si>
+  <si>
+    <t>náměstí Msgre Šrámka 1760/4, 70200 Ostrava 2, 776 069 142</t>
+  </si>
+  <si>
+    <t>Sociální rehabilitace JINAK</t>
+  </si>
+  <si>
+    <t>Opava, Vítkov</t>
+  </si>
+  <si>
+    <t>Hrnčířská 272/14, 74601 Opava 1, 736 528 058, Vodní 173, 74901 Vítkov 1, 736 528 058</t>
+  </si>
+  <si>
+    <t>Sociální služba odlehčovací</t>
+  </si>
+  <si>
+    <t>Bohumín, Čavisov, Dolní Lhota, Dolní Lutyně, Horní Lhota, Klimkovice, Olbramice, Ostrava, Rychvald, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
+  </si>
+  <si>
+    <t>Jedličkova 1025/5, 70030 Ostrava 30, 595 705 301</t>
+  </si>
+  <si>
+    <t>Společnost pro podporu lidí s mentálním postižením Ostrava z.s.</t>
+  </si>
+  <si>
+    <t>Ludvíka Podéště 1874/4, 70800 Ostrava 8, 596 632 570</t>
+  </si>
+  <si>
+    <t>START</t>
+  </si>
+  <si>
+    <t>Pavlovova 1625/65, 70030 Ostrava 30, 725 022 799, 777 938 111</t>
+  </si>
+  <si>
+    <t>Středisko pracovní rehabilitace-denní stacionář, o.p.s.</t>
+  </si>
+  <si>
+    <t>Ludvíka Podéště 1874/4, 70800 Ostrava 8, 596 954 480</t>
+  </si>
+  <si>
+    <t>Středisko VÝZVA – odlehčovací služba RESPIT</t>
+  </si>
+  <si>
+    <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
+  </si>
+  <si>
+    <t>Syllabova 3039/19e, 70300 Ostrava 3, 774 244 259</t>
+  </si>
+  <si>
+    <t>Středisko VÝZVA – osobní asistence OASA</t>
+  </si>
+  <si>
+    <t>Baška, Bílov, Bohumín, Čeladná, Dobroslavice, Frýdek-Místek, Havířov, Hlučín, Jeseník nad Odrou, Jistebník, Klimkovice, Kyjovice, Ludgeřovice, Markvartovice, Morávka, Nošovice, Opava, Orlová, Ostrava, Palkovice, Raškovice, Sedliště, Sviadnov, Vendryně, Vratimov</t>
+  </si>
+  <si>
+    <t>Syllabova 3039/19e, 70300 Ostrava 3, 775 644 245</t>
+  </si>
+  <si>
+    <t>TABITA Český Těšín, odlehčovací služby</t>
+  </si>
+  <si>
+    <t>Albrechtice, Český Těšín, Horní Suchá, Chotěbuz, Těrlicko</t>
+  </si>
+  <si>
+    <t>Třanovského 1758/10, 73701 Český Těšín 1, 739 525 242</t>
+  </si>
+  <si>
+    <t>TABITA Český Těšín, osobní asistence</t>
+  </si>
+  <si>
+    <t>Albrechtice, Český Těšín, Dolní Domaslavice, Dolní Tošanovice, Horní Domaslavice, Horní Suchá, Horní Tošanovice, Chotěbuz, Těrlicko, Třanovice</t>
+  </si>
+  <si>
+    <t>TABITA Jablunkov, odlehčovací služby</t>
+  </si>
+  <si>
+    <t>Bocanovice, Bukovec, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
+  </si>
+  <si>
+    <t>Dukelská 108, 73991 Jablunkov, 558 713 772, 739 525 242</t>
+  </si>
+  <si>
+    <t>TABITA Jablunkov, osobní asistence</t>
+  </si>
+  <si>
+    <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
+  </si>
+  <si>
+    <t>TABITA Třinec, odlehčovací služby</t>
+  </si>
+  <si>
+    <t>Bystřice, Hnojník, Nýdek, Ropice, Střítež, Třinec, Vělopolí, Vendryně</t>
+  </si>
+  <si>
+    <t>Smetanova 523, 73961 Třinec 1, 739 525 242</t>
+  </si>
+  <si>
+    <t>TABITA Třinec, osobní asistence</t>
+  </si>
+  <si>
+    <t>Bystřice, Hnojník, Nýdek, Ropice, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
+  </si>
+  <si>
+    <t>Tichý svět, o.p.s. - sociální rehabilitace</t>
+  </si>
+  <si>
+    <t>Masná 1493/8, 70200 Ostrava, 702 158 110</t>
+  </si>
+  <si>
+    <t>Tyfloservis, o.p.s. - Krajské ambulantní středisko Ostrava</t>
+  </si>
+  <si>
+    <t>Prokešovo náměstí 634/5, 70200 Ostrava 2, 596 783 227</t>
+  </si>
+  <si>
+    <t>Zámek Dolní Životice, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Litultovice</t>
+  </si>
+  <si>
+    <t>Deštné 68, 74755 Litultovice, 553 663 962</t>
+  </si>
+  <si>
+    <t>Denní stacionář Domovinka</t>
+  </si>
+  <si>
     <t>Bohumín</t>
   </si>
   <si>
-    <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
-[...274 lines deleted...]
-  <si>
     <t>Masarykova 365, 73581 Bohumín, 596 092 500</t>
   </si>
   <si>
     <t>Chářovská 785/85, 79401 Krnov, 774 649 015</t>
   </si>
   <si>
     <t>Čavisov, Děhylov, Dobroslavice, Dolní Lhota, Janovice, Klimkovice, Markvartovice, Olbramice, Ostrava, Petřvald, Rychvald, Studénka, Šenov, Václavovice, Vřesina</t>
   </si>
   <si>
     <t>Patrice Lumumby 2608, 70030 Ostrava, 604 600 029</t>
   </si>
   <si>
     <t>Denisovo náměstí 463/6, 74601 Opava 1, 553 711 803, Čajkovského 1565/8, 74601 Opava 1, 553 711 803, Holasická 1734/76, 74705 Opava 5, 553 711 803, Na Pomezí 345/78, 74706 Opava 6, 553 711 803, Švestková 1382/52, 74706 Opava 6, 553 711 803, Švestková 1381/50, 74706 Opava 6, 553 711 803</t>
   </si>
   <si>
     <t>Moskevská 1588/7a, 73601 Havířov</t>
   </si>
   <si>
     <t>Mánesova 1684/7, 74601 Opava</t>
   </si>
   <si>
     <t>Podané ruce - osobní asistence</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek</t>
@@ -812,51 +815,51 @@
   <si>
     <t>Josefa Lady 2194, 73801 Frýdek-Místek</t>
   </si>
   <si>
     <t>Podpora samostatného bydlení JINAK Vítkov</t>
   </si>
   <si>
     <t>Vítkov</t>
   </si>
   <si>
     <t>Vodní 173, 74901 Vítkov</t>
   </si>
   <si>
     <t>Dům s pečovatelskou službou</t>
   </si>
   <si>
     <t>Jindřichov</t>
   </si>
   <si>
     <t>Jindřichov 172, 79383 Jindřichov, 554 641 744</t>
   </si>
   <si>
     <t>Adámkova vila, Osobní asistence, z.ú.</t>
   </si>
   <si>
-    <t>Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
+    <t>Dobrá, Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Pražmo, 730 820 129</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
   </si>
   <si>
     <t>Denní centrum služeb</t>
   </si>
   <si>
     <t>Závodní 1667/14, 73506 Karviná, 596 313 128</t>
   </si>
   <si>
     <t>Denní a pobytové služby pro - Respitní péče</t>
   </si>
   <si>
     <t>Moskevská 1103/1f, 73601 Havířov, 596 411 031</t>
   </si>
   <si>
     <t>Denní a pobytové služby pro seniory - Denní stacionář</t>
   </si>
@@ -884,89 +887,77 @@
   <si>
     <t>Štramberská 2871/47, 70300 Ostrava, 605 292 993</t>
   </si>
   <si>
     <t>Hospic sv. Lukáše - odlehčovací služby</t>
   </si>
   <si>
     <t>Charvátská 785/8, 70030 Ostrava, 599 508 505</t>
   </si>
   <si>
     <t>Charitní asistenční služba</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Bystřice, Dolní Lomná, Horní Lomná, Hrádek, Jablunkov, Košařiska, Milíkov, Mosty u Jablunkova, Návsí, Nýdek, Písečná, Písek, Řeka, Smilovice, Střítež, Třinec, Vendryně</t>
   </si>
   <si>
     <t>Lánská 128, 73961 Třinec, 724 257 219</t>
   </si>
   <si>
     <t>Charitní dům sv. Alžběty-denní centrum</t>
   </si>
   <si>
     <t>Zelená 2514/73, 70900 Ostrava, 599 526 912</t>
   </si>
   <si>
-    <t>Charitní hospicová poradna a poradna pro pečující</t>
-[...7 lines deleted...]
-  <si>
     <t>Charitní ošetřovatelská a pečovatelská služba Kopřivnice</t>
   </si>
   <si>
     <t>Hodslavice, Kopřivnice, Mořkov, Příbor, Rybí, Štramberk, Veřovice, Závišice, Ženklava, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 722 923 076</t>
   </si>
   <si>
     <t>Charitní středisko Matky Terezy-pečovatelská služba Hrabyně</t>
   </si>
   <si>
     <t>Hrabyně, Mokré Lazce, Velká Polom</t>
   </si>
   <si>
     <t>čp. 201, 74767 Hrabyně, 737 558 112</t>
   </si>
   <si>
     <t>Charitní středisko sv. Anežky České-osobní asistence</t>
   </si>
   <si>
     <t>Budišovice, Hrabyně, Ostrava, Pustá Polom</t>
   </si>
   <si>
     <t>Odlehčovací služba Ondrášek</t>
   </si>
   <si>
-    <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
-[...1 lines deleted...]
-  <si>
     <t>Volgogradská 2633/2, 70030 Ostrava, Gurťjevova 459/11, 70030 Ostrava, 602 233 037</t>
   </si>
   <si>
     <t>Vančurova 1217/5, 74601 Opava, 552 301 050</t>
   </si>
   <si>
     <t>Pečovatelská služba</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Hladké Životice, Jakubčovice nad Odrou, jiná obec v ČR, Kružberk, Kujavy, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Suchdol nad Odrou, Svatoňovice, Větřkovice, Vítkov, Vrchy</t>
   </si>
   <si>
     <t>Pivovarská 317, 74787 Budišov nad Budišovkou, 605 467 813, Masarykova 390, 74245 Fulnek 1, 605 467 813, Hranická 1110/32, 74235 Odry, 731 075 802, Lidická 608, 74901 Vítkov 1, 605 467 813</t>
   </si>
   <si>
     <t>Sociální poradna ANIMA VIVA o.s.</t>
   </si>
   <si>
     <t>Hlučín, Kravaře, Opava, Vítkov</t>
   </si>
   <si>
     <t>Sušilova 1751/1, 74601 Opava 1, 739 404 544</t>
   </si>
   <si>
     <t>Sociální rehabilitace MIKASA</t>
@@ -990,50 +981,62 @@
     <t>Dlouhoveská 1915/91, 74801 Hlučín, 595 020 571</t>
   </si>
   <si>
     <t>Rooseveltova 2141/51, 79401 Krnov</t>
   </si>
   <si>
     <t>Domov pro osoby se zdravotním postižením PONTOS</t>
   </si>
   <si>
     <t>Blahoslavova 1177/15 b, 79401 Krnov, 774 649 015, Blahoslavova 1176/15 a, 79401 Krnov, 774 649 015, Blahoslavova 1175/15, 79401 Krnov, 774 649 015</t>
   </si>
   <si>
     <t>Charitní pečovatelská služba</t>
   </si>
   <si>
     <t>Bystřice, Nýdek, Řeka, Smilovice, Střítež, Třinec, Vendryně</t>
   </si>
   <si>
     <t>Lánská 128, 73961 Třinec, 734 115 925</t>
   </si>
   <si>
     <t>OASA nezisková</t>
   </si>
   <si>
     <t>Dohnálkova 3052/15, 74601 Opava</t>
+  </si>
+  <si>
+    <t>Branka u Opavy, Bratříkovice, Brumovice, Budišovice, Dolní Životice, Háj ve Slezsku, Hlavnice, Hlubočec, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Jakartovice, Jezdkovice, Kyjovice, Lhotka u Litultovic, Litultovice, Mikolajice, Mladecko, Mokré Lazce, Neplachovice, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Sosnová, Stěbořice, Štáblovice, Štítina, Těškovice, Uhlířov, Velké Heraltice, Velké Hoštice, Vršovice</t>
+  </si>
+  <si>
+    <t>Charita Odry</t>
+  </si>
+  <si>
+    <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Jakubčovice nad Odrou, Kružberk, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Svatoňovice, Větřkovice, Vítkov, Vražné, Vrchy</t>
+  </si>
+  <si>
+    <t>Hranická 162/36, 74235 Odry, 604 645 350</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1350,54 +1353,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C138"/>
+  <dimension ref="A1:C139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C138" sqref="C138"/>
+      <selection activeCell="C139" sqref="C139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -2446,483 +2449,494 @@
         <v>238</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>157</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="2" t="s">
         <v>240</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>241</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="2" t="s">
         <v>243</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>151</v>
+        <v>244</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="2" t="s">
         <v>153</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="2" t="s">
         <v>198</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="2" t="s">
         <v>198</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>129</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="2" t="s">
         <v>198</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="B126" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="C126" s="2" t="s">
         <v>296</v>
-      </c>
-[...4 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="2" t="s">
         <v>299</v>
       </c>
       <c r="B127" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="C127" s="2" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="B128" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C128" s="2" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="2" t="s">
-        <v>142</v>
+        <v>302</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>31</v>
+        <v>303</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="2" t="s">
         <v>305</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>306</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="2" t="s">
         <v>308</v>
       </c>
       <c r="B131" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C131" s="2" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="B132" s="2" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="2" t="s">
         <v>313</v>
       </c>
       <c r="B133" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C133" s="2" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="2" t="s">
-        <v>316</v>
+        <v>142</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>59</v>
+        <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="2" t="s">
-        <v>142</v>
+        <v>316</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="B136" s="2" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="2" t="s">
         <v>321</v>
       </c>
       <c r="B137" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C137" s="2" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="B138" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="C138" s="2" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="B138" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C138" s="2" t="s">
+      <c r="B139" s="2" t="s">
         <v>325</v>
+      </c>
+      <c r="C139" s="2" t="s">
+        <v>326</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">