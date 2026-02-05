--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Centrum ANIMA Opava</t>
   </si>
   <si>
     <t>Dolní Životice, Kravaře, Opava</t>
   </si>
   <si>
     <t>Liptovská 1045/21, 74706 Opava, 739 404 488</t>
   </si>
   <si>
     <t>Diakonie ČCE středisko v Rýmařově</t>
   </si>
   <si>
     <t>Břidličná, Dolní Moravice, Horní Město, Jiříkov, Rýmařov, Ryžoviště, Stará Ves, Tvrdkov, Velká Štáhle</t>
   </si>
   <si>
@@ -122,51 +122,51 @@
   <si>
     <t>Albrechtice, Bohumín, Bohuslavice, Čavisov, Darkovice, Děhylov, Dětmarovice, Dobroslavice, Dolní Lhota, Dolní Lutyně, Doubrava, Hať, Havířov, Hlučín, Horní Bludovice, Horní Lhota, Horní Suchá, Jistebník, Karviná, Klimkovice, Kobeřice, Kozmice, Kujavy, Ludgeřovice, Markvartovice, Mošnov, Olbramice, Orlová, Ostrava, Petrovice u Karviné, Petřvald, Píšť, Rychvald, Stará Ves nad Ondřejnicí, Stonava, Šenov, Šilheřovice, Těrlicko, Václavovice, Velká Polom, Velké Albrechtice, Vratimov, Vřesina, Závada, Zbyslavice</t>
   </si>
   <si>
     <t>Nádražní 1110/44, 70200 Ostrava, 553 653 623</t>
   </si>
   <si>
     <t>NOE Karviná, podpora samostatného bydlení</t>
   </si>
   <si>
     <t>Masarykovo náměstí 6/5, 73301 Karviná</t>
   </si>
   <si>
     <t>NOE Ostrava, podpora samostatného bydlení</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Ke Kamenině 178/17, 71100 Ostrava, 731 128 449</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Bohumín, příspěvková organizace</t>
   </si>
   <si>
-    <t>Bohumín</t>
+    <t>Bohumín, Dolní Lutyně, Rychvald</t>
   </si>
   <si>
     <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
   </si>
   <si>
     <t>osobní asistence</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice</t>
   </si>
   <si>
     <t>Osobní asistence</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek, 778 500 159, Českobratrská 230/26, 70200 Ostrava 2, 777 011 934</t>
   </si>
   <si>
     <t>Hnojník, Komorní Lhotka, Košařiska, Nýdek, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí</t>
   </si>
@@ -275,51 +275,51 @@
   <si>
     <t>SALOME Bohumín, sociálně aktivizační služba</t>
   </si>
   <si>
     <t>Nerudova 1041, 73581 Bohumín 1, 703 434 862</t>
   </si>
   <si>
     <t>Sociální rehabilitace</t>
   </si>
   <si>
     <t>náměstí Msgre Šrámka 1760/4, 70200 Ostrava 2, 776 069 142</t>
   </si>
   <si>
     <t>Sociální rehabilitace JINAK</t>
   </si>
   <si>
     <t>Opava, Vítkov</t>
   </si>
   <si>
     <t>Hrnčířská 272/14, 74601 Opava 1, 736 528 058, Vodní 173, 74901 Vítkov 1, 736 528 058</t>
   </si>
   <si>
     <t>Středisko VÝZVA – osobní asistence OASA</t>
   </si>
   <si>
-    <t>Baška, Bílov, Bohumín, Dobroslavice, Frýdek-Místek, Havířov, Hlučín, Jeseník nad Odrou, Jistebník, Ludgeřovice, Markvartovice, Opava, Orlová, Palkovice, Raškovice, Sedliště, Vendryně, Vratimov</t>
+    <t>Baška, Bílov, Bohumín, Čeladná, Dobroslavice, Frýdek-Místek, Havířov, Hlučín, Jeseník nad Odrou, Jistebník, Klimkovice, Kyjovice, Ludgeřovice, Markvartovice, Morávka, Nošovice, Opava, Orlová, Ostrava, Palkovice, Raškovice, Sedliště, Sviadnov, Vendryně, Vratimov</t>
   </si>
   <si>
     <t>Syllabova 3039/19e, 70300 Ostrava 3, 775 644 245</t>
   </si>
   <si>
     <t>TABITA Český Těšín, osobní asistence</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Dolní Domaslavice, Dolní Tošanovice, Horní Domaslavice, Horní Suchá, Horní Tošanovice, Chotěbuz, Těrlicko, Třanovice</t>
   </si>
   <si>
     <t>Třanovského 1758/10, 73701 Český Těšín 1, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Jablunkov, osobní asistence</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>Dukelská 108, 73991 Jablunkov, 558 713 772, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Třinec, osobní asistence</t>
   </si>
@@ -356,86 +356,77 @@
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek</t>
   </si>
   <si>
     <t>Podpora samostatného bydlení JINAK Vítkov</t>
   </si>
   <si>
     <t>Vítkov</t>
   </si>
   <si>
     <t>Vodní 173, 74901 Vítkov</t>
   </si>
   <si>
     <t>Dům s pečovatelskou službou</t>
   </si>
   <si>
     <t>Jindřichov</t>
   </si>
   <si>
     <t>Jindřichov 172, 79383 Jindřichov, 554 641 744</t>
   </si>
   <si>
     <t>Adámkova vila, Osobní asistence, z.ú.</t>
   </si>
   <si>
-    <t>Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
+    <t>Dobrá, Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Pražmo, 730 820 129</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
   </si>
   <si>
     <t>ELIM Ostrava, pečovatelská služba</t>
   </si>
   <si>
     <t>Štramberská 2871/47, 70300 Ostrava, 605 292 993</t>
   </si>
   <si>
     <t>Charitní asistenční služba</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Bystřice, Dolní Lomná, Horní Lomná, Hrádek, Jablunkov, Košařiska, Milíkov, Mosty u Jablunkova, Návsí, Nýdek, Písečná, Písek, Řeka, Smilovice, Střítež, Třinec, Vendryně</t>
   </si>
   <si>
     <t>Lánská 128, 73961 Třinec, 724 257 219</t>
   </si>
   <si>
-    <t>Charitní hospicová poradna a poradna pro pečující</t>
-[...7 lines deleted...]
-  <si>
     <t>Charitní ošetřovatelská a pečovatelská služba Kopřivnice</t>
   </si>
   <si>
     <t>Hodslavice, Kopřivnice, Mořkov, Příbor, Rybí, Štramberk, Veřovice, Závišice, Ženklava, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 722 923 076</t>
   </si>
   <si>
     <t>Charitní středisko Matky Terezy-pečovatelská služba Hrabyně</t>
   </si>
   <si>
     <t>Hrabyně, Mokré Lazce, Velká Polom</t>
   </si>
   <si>
     <t>čp. 201, 74767 Hrabyně, 737 558 112</t>
   </si>
   <si>
     <t>Charitní středisko sv. Anežky České-osobní asistence</t>
   </si>
   <si>
     <t>Budišovice, Hrabyně, Ostrava, Pustá Polom</t>
   </si>
   <si>
     <t>Pečovatelská služba</t>
@@ -456,50 +447,68 @@
     <t>Sušilova 1751/1, 74601 Opava 1, 739 404 544</t>
   </si>
   <si>
     <t>Sociální rehabilitace MIKASA</t>
   </si>
   <si>
     <t>1. máje 1526/66, 70300 Ostrava 3, 730 513 405</t>
   </si>
   <si>
     <t>Sociální služby Bystřice</t>
   </si>
   <si>
     <t>Bystřice</t>
   </si>
   <si>
     <t>Bystřice 1317, 73995 Bystřice nad Olší, 702 097 304</t>
   </si>
   <si>
     <t>Charitní pečovatelská služba</t>
   </si>
   <si>
     <t>Bystřice, Nýdek, Řeka, Smilovice, Střítež, Třinec, Vendryně</t>
   </si>
   <si>
     <t>Lánská 128, 73961 Třinec, 734 115 925</t>
+  </si>
+  <si>
+    <t>Domov Vesalius, z. ú.</t>
+  </si>
+  <si>
+    <t>Branka u Opavy, Bratříkovice, Brumovice, Budišovice, Dolní Životice, Háj ve Slezsku, Hlavnice, Hlubočec, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Jakartovice, Jezdkovice, Kyjovice, Lhotka u Litultovic, Litultovice, Mikolajice, Mladecko, Mokré Lazce, Neplachovice, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Sosnová, Stěbořice, Štáblovice, Štítina, Těškovice, Uhlířov, Velké Heraltice, Velké Hoštice, Vršovice</t>
+  </si>
+  <si>
+    <t>Sušilova 1751/1, 74601 Opava, 597 457 877</t>
+  </si>
+  <si>
+    <t>Charita Odry</t>
+  </si>
+  <si>
+    <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Jakubčovice nad Odrou, Kružberk, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Svatoňovice, Větřkovice, Vítkov, Vražné, Vrchy</t>
+  </si>
+  <si>
+    <t>Hranická 162/36, 74235 Odry, 604 645 350</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -816,54 +825,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C54"/>
+  <dimension ref="A1:C55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C54" sqref="C54"/>
+      <selection activeCell="C55" sqref="C55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1354,117 +1363,128 @@
         <v>124</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="B49" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="B49" s="2" t="s">
+      <c r="C49" s="2" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>135</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B51" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C51" s="2" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B52" s="2" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>143</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>146</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>147</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">