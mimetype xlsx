--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>BENJAMÍN Krnov, denní stacionář</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>Sídliště pod Cvilínem 454/54, 79401 Krnov, 734 417 701</t>
   </si>
   <si>
     <t>Centrum denních služeb</t>
   </si>
   <si>
     <t>Odry</t>
   </si>
   <si>
@@ -284,246 +284,249 @@
   <si>
     <t>Nákladní 231/31, 74601 Opava 1, 553 621 548, 731 427 984</t>
   </si>
   <si>
     <t>Bohumín, Čavisov, Dobroslavice, Dolní Lhota, Hlučín, Jistebník, Klimkovice, Krmelín, Markvartovice, Olbramice, Ostrava, Paskov, Petřvald, Rychvald, Řepiště, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Brandlova 1267/6, 72529 Ostrava, 603 337 641</t>
   </si>
   <si>
     <t>Závodní 1667/14, 73506 Karviná, 596 325 128</t>
   </si>
   <si>
     <t>Odlehčovací služby</t>
   </si>
   <si>
     <t>Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Kozlovice, Kunčice pod Ondřejníkem, Lhotka, Malenovice, Metylovice, Ostravice, Pržno, Pstruží, Staré Hamry</t>
   </si>
   <si>
     <t>Náměstí 6, 73911 Frýdlant nad Ostravicí, 603 980 386</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Bohumín, příspěvková organizace</t>
   </si>
   <si>
+    <t>Bohumín, Dolní Lutyně, Rychvald</t>
+  </si>
+  <si>
+    <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
+  </si>
+  <si>
+    <t>osobní asistence</t>
+  </si>
+  <si>
+    <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
+  </si>
+  <si>
+    <t>Hlučínská 739, 74727 Kobeřice</t>
+  </si>
+  <si>
+    <t>Osobní asistence</t>
+  </si>
+  <si>
+    <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
+  </si>
+  <si>
+    <t>Malý Koloredov 811, 73801 Frýdek-Místek, 778 500 159, Českobratrská 230/26, 70200 Ostrava 2, 777 011 934</t>
+  </si>
+  <si>
+    <t>Hnojník, Komorní Lhotka, Košařiska, Nýdek, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí</t>
+  </si>
+  <si>
+    <t>pečovatelská služba</t>
+  </si>
+  <si>
+    <t>Hlučínská 739, 74727 Kobeřice, 606 168 192</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba města Vratimova</t>
+  </si>
+  <si>
+    <t>Vratimov</t>
+  </si>
+  <si>
+    <t>Frýdecká 853/57, 73932 Vratimov, 595 705 911, 596 732 441</t>
+  </si>
+  <si>
+    <t>Poradenské středisko pro rodinu a dítě "RaD"</t>
+  </si>
+  <si>
+    <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
+  </si>
+  <si>
+    <t>Atriová 1297/5, 73601 Havířov, 724 538 804</t>
+  </si>
+  <si>
+    <t>Atriová 1297/5, 73601 Havířov, 596 885 678</t>
+  </si>
+  <si>
+    <t>Sociální služba odlehčovací</t>
+  </si>
+  <si>
+    <t>Bohumín, Čavisov, Dolní Lhota, Dolní Lutyně, Horní Lhota, Klimkovice, Olbramice, Ostrava, Rychvald, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
+  </si>
+  <si>
+    <t>Jedličkova 1025/5, 70030 Ostrava 30, 595 705 301</t>
+  </si>
+  <si>
+    <t>Společnost pro podporu lidí s mentálním postižením Ostrava z.s.</t>
+  </si>
+  <si>
+    <t>Ludvíka Podéště 1874/4, 70800 Ostrava 8, 596 632 570</t>
+  </si>
+  <si>
+    <t>START</t>
+  </si>
+  <si>
+    <t>Pavlovova 1625/65, 70030 Ostrava 30, 725 022 799, 777 938 111</t>
+  </si>
+  <si>
+    <t>Středisko pracovní rehabilitace-denní stacionář, o.p.s.</t>
+  </si>
+  <si>
+    <t>Ludvíka Podéště 1874/4, 70800 Ostrava 8, 596 954 480</t>
+  </si>
+  <si>
+    <t>Středisko VÝZVA – odlehčovací služba RESPIT</t>
+  </si>
+  <si>
+    <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
+  </si>
+  <si>
+    <t>Syllabova 3039/19e, 70300 Ostrava 3, 774 244 259</t>
+  </si>
+  <si>
+    <t>Středisko VÝZVA – osobní asistence OASA</t>
+  </si>
+  <si>
+    <t>Baška, Bílov, Bohumín, Čeladná, Dobroslavice, Frýdek-Místek, Havířov, Hlučín, Jeseník nad Odrou, Jistebník, Klimkovice, Kyjovice, Ludgeřovice, Markvartovice, Morávka, Nošovice, Opava, Orlová, Ostrava, Palkovice, Raškovice, Sedliště, Sviadnov, Vendryně, Vratimov</t>
+  </si>
+  <si>
+    <t>Syllabova 3039/19e, 70300 Ostrava 3, 775 644 245</t>
+  </si>
+  <si>
+    <t>TABITA Český Těšín, odlehčovací služby</t>
+  </si>
+  <si>
+    <t>Albrechtice, Český Těšín, Horní Suchá, Chotěbuz, Těrlicko</t>
+  </si>
+  <si>
+    <t>Třanovského 1758/10, 73701 Český Těšín 1, 739 525 242</t>
+  </si>
+  <si>
+    <t>TABITA Český Těšín, osobní asistence</t>
+  </si>
+  <si>
+    <t>Albrechtice, Český Těšín, Dolní Domaslavice, Dolní Tošanovice, Horní Domaslavice, Horní Suchá, Horní Tošanovice, Chotěbuz, Těrlicko, Třanovice</t>
+  </si>
+  <si>
+    <t>TABITA Jablunkov, odlehčovací služby</t>
+  </si>
+  <si>
+    <t>Bocanovice, Bukovec, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
+  </si>
+  <si>
+    <t>Dukelská 108, 73991 Jablunkov, 558 713 772, 739 525 242</t>
+  </si>
+  <si>
+    <t>TABITA Jablunkov, osobní asistence</t>
+  </si>
+  <si>
+    <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
+  </si>
+  <si>
+    <t>TABITA Třinec, odlehčovací služby</t>
+  </si>
+  <si>
+    <t>Bystřice, Hnojník, Nýdek, Ropice, Střítež, Třinec, Vělopolí, Vendryně</t>
+  </si>
+  <si>
+    <t>Smetanova 523, 73961 Třinec 1, 739 525 242</t>
+  </si>
+  <si>
+    <t>TABITA Třinec, osobní asistence</t>
+  </si>
+  <si>
+    <t>Bystřice, Hnojník, Nýdek, Ropice, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
+  </si>
+  <si>
+    <t>Denní stacionář Domovinka</t>
+  </si>
+  <si>
     <t>Bohumín</t>
   </si>
   <si>
-    <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
-[...142 lines deleted...]
-  <si>
     <t>Masarykova 365, 73581 Bohumín, 596 092 500</t>
   </si>
   <si>
     <t>Čavisov, Děhylov, Dobroslavice, Dolní Lhota, Janovice, Klimkovice, Markvartovice, Olbramice, Ostrava, Petřvald, Rychvald, Studénka, Šenov, Václavovice, Vřesina</t>
   </si>
   <si>
     <t>Patrice Lumumby 2608, 70030 Ostrava, 604 600 029</t>
   </si>
   <si>
     <t>Podané ruce - osobní asistence</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek</t>
   </si>
   <si>
     <t>EDEN Nový Jičín, odlehčovací služby</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Handicap centrum Škola života Frýdek-Místek, o.p.s.</t>
   </si>
   <si>
     <t>Baška, Brušperk, Bruzovice, Dobrá, Dobratice, Dolní Domaslavice, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Horní Domaslavice, Horní Tošanovice, Hukvaldy, Kaňovice, Kozlovice, Krásná, Krmelín, Lhotka, Lučina, Morávka, Nižní Lhoty, Nošovice, Palkovice, Paskov, Pazderna, Pražmo, Raškovice, Řepiště, Sedliště, Soběšovice, Staré Město, Staříč, Sviadnov, Třanovice, Vojkovice, Vyšní Lhoty, Žabeň, Žermanice</t>
   </si>
   <si>
     <t>Josefa Lady 2194, 73801 Frýdek-Místek</t>
   </si>
   <si>
     <t>Sírius, příspěvková organizace</t>
   </si>
   <si>
     <t>Mánesova 1684/7, 74601 Opava</t>
   </si>
   <si>
     <t>Dům s pečovatelskou službou</t>
   </si>
   <si>
     <t>Jindřichov</t>
   </si>
   <si>
     <t>Jindřichov 172, 79383 Jindřichov, 554 641 744</t>
   </si>
   <si>
     <t>Adámkova vila, Osobní asistence, z.ú.</t>
   </si>
   <si>
-    <t>Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
+    <t>Dobrá, Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Pražmo, 730 820 129</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
   </si>
   <si>
     <t>Denní centrum služeb</t>
   </si>
   <si>
     <t>Závodní 1667/14, 73506 Karviná, 596 313 128</t>
   </si>
   <si>
     <t>Denní a pobytové služby pro - Respitní péče</t>
   </si>
   <si>
     <t>Moskevská 1103/1f, 73601 Havířov, 596 411 031</t>
   </si>
   <si>
     <t>Denní a pobytové služby pro seniory - Denní stacionář</t>
   </si>
@@ -545,138 +548,141 @@
   <si>
     <t>Štramberská 2871/47, 70300 Ostrava, 605 292 993</t>
   </si>
   <si>
     <t>Hospic sv. Lukáše - odlehčovací služby</t>
   </si>
   <si>
     <t>Charvátská 785/8, 70030 Ostrava, 599 508 505</t>
   </si>
   <si>
     <t>Charitní asistenční služba</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Bystřice, Dolní Lomná, Horní Lomná, Hrádek, Jablunkov, Košařiska, Milíkov, Mosty u Jablunkova, Návsí, Nýdek, Písečná, Písek, Řeka, Smilovice, Střítež, Třinec, Vendryně</t>
   </si>
   <si>
     <t>Lánská 128, 73961 Třinec, 724 257 219</t>
   </si>
   <si>
     <t>Charitní dům sv. Alžběty-denní centrum</t>
   </si>
   <si>
     <t>Zelená 2514/73, 70900 Ostrava, 599 526 912</t>
   </si>
   <si>
-    <t>Charitní hospicová poradna a poradna pro pečující</t>
-[...7 lines deleted...]
-  <si>
     <t>Charitní ošetřovatelská a pečovatelská služba Kopřivnice</t>
   </si>
   <si>
     <t>Hodslavice, Kopřivnice, Mořkov, Příbor, Rybí, Štramberk, Veřovice, Závišice, Ženklava, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 722 923 076</t>
   </si>
   <si>
     <t>Charitní středisko Matky Terezy-pečovatelská služba Hrabyně</t>
   </si>
   <si>
     <t>Hrabyně, Mokré Lazce, Velká Polom</t>
   </si>
   <si>
     <t>čp. 201, 74767 Hrabyně, 737 558 112</t>
   </si>
   <si>
     <t>Charitní středisko sv. Anežky České-osobní asistence</t>
   </si>
   <si>
     <t>Budišovice, Hrabyně, Ostrava, Pustá Polom</t>
   </si>
   <si>
     <t>Odlehčovací služba Ondrášek</t>
   </si>
   <si>
-    <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
-[...1 lines deleted...]
-  <si>
     <t>Volgogradská 2633/2, 70030 Ostrava, Gurťjevova 459/11, 70030 Ostrava, 602 233 037</t>
   </si>
   <si>
     <t>Vančurova 1217/5, 74601 Opava, 552 301 050</t>
   </si>
   <si>
     <t>Pečovatelská služba</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Hladké Životice, Jakubčovice nad Odrou, jiná obec v ČR, Kružberk, Kujavy, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Suchdol nad Odrou, Svatoňovice, Větřkovice, Vítkov, Vrchy</t>
   </si>
   <si>
     <t>Pivovarská 317, 74787 Budišov nad Budišovkou, 605 467 813, Masarykova 390, 74245 Fulnek 1, 605 467 813, Hranická 1110/32, 74235 Odry, 731 075 802, Lidická 608, 74901 Vítkov 1, 605 467 813</t>
   </si>
   <si>
     <t>Sociální poradna ANIMA VIVA o.s.</t>
   </si>
   <si>
     <t>Hlučín, Kravaře, Opava, Vítkov</t>
   </si>
   <si>
     <t>Sušilova 1751/1, 74601 Opava 1, 739 404 544</t>
   </si>
   <si>
     <t>Sociální služby Bystřice</t>
   </si>
   <si>
     <t>Bystřice</t>
   </si>
   <si>
     <t>Bystřice 1317, 73995 Bystřice nad Olší, 702 097 304</t>
   </si>
   <si>
     <t>Rooseveltova 2141/51, 79401 Krnov</t>
   </si>
   <si>
     <t>Charitní pečovatelská služba</t>
   </si>
   <si>
     <t>Bystřice, Nýdek, Řeka, Smilovice, Střítež, Třinec, Vendryně</t>
   </si>
   <si>
     <t>Lánská 128, 73961 Třinec, 734 115 925</t>
   </si>
   <si>
     <t>OASA nezisková</t>
   </si>
   <si>
     <t>Dohnálkova 3052/15, 74601 Opava</t>
+  </si>
+  <si>
+    <t>Branka u Opavy, Bratříkovice, Brumovice, Budišovice, Dolní Životice, Háj ve Slezsku, Hlavnice, Hlubočec, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Jakartovice, Jezdkovice, Kyjovice, Lhotka u Litultovic, Litultovice, Mikolajice, Mladecko, Mokré Lazce, Neplachovice, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Sosnová, Stěbořice, Štáblovice, Štítina, Těškovice, Uhlířov, Velké Heraltice, Velké Hoštice, Vršovice</t>
+  </si>
+  <si>
+    <t>Sušilova 1751/1, 74601 Opava, 597 457 877</t>
+  </si>
+  <si>
+    <t>Charita Odry</t>
+  </si>
+  <si>
+    <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Jakubčovice nad Odrou, Kružberk, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Svatoňovice, Větřkovice, Vítkov, Vražné, Vrchy</t>
+  </si>
+  <si>
+    <t>Hranická 162/36, 74235 Odry, 604 645 350</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -993,54 +999,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C85"/>
+  <dimension ref="A1:C86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C85" sqref="C85"/>
+      <selection activeCell="C86" sqref="C86"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1616,373 +1622,384 @@
         <v>133</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
         <v>136</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>137</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>90</v>
+        <v>139</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="C76" s="2" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2" t="s">
         <v>186</v>
       </c>
       <c r="B77" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C77" s="2" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C78" s="2" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2" t="s">
-        <v>81</v>
+        <v>189</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>13</v>
+        <v>190</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2" t="s">
         <v>192</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2" t="s">
         <v>195</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C82" s="2" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2" t="s">
-        <v>81</v>
+        <v>199</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>4</v>
+        <v>200</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2" t="s">
         <v>202</v>
       </c>
       <c r="B84" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C84" s="2" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="C85" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="B85" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C85" s="2" t="s">
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="2" t="s">
         <v>206</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>208</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">