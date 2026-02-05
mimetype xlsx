--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Centrum denních služeb</t>
   </si>
   <si>
     <t>Odry</t>
   </si>
   <si>
     <t>Nádražní 695/28, 74235 Odry, 728 476 958</t>
   </si>
   <si>
     <t>Denní centrum služeb</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
@@ -270,59 +270,50 @@
     <t>MIKADO</t>
   </si>
   <si>
     <t>Tajovského 1156/1, 73601 Havířov, 596 411 026</t>
   </si>
   <si>
     <t>Mraveneček</t>
   </si>
   <si>
     <t>Neumannova 640/3, 74707 Opava, 553 616 648</t>
   </si>
   <si>
     <t>Středisko pracovní rehabilitace-denní stacionář, o.p.s.</t>
   </si>
   <si>
     <t>Ludvíka Podéště 1874/4, 70800 Ostrava 8, 596 954 480</t>
   </si>
   <si>
     <t>Denní stacionář Domovinka</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Masarykova 365, 73581 Bohumín, 596 092 500</t>
-  </si>
-[...7 lines deleted...]
-    <t>Charvátská 785, 70030 Ostrava, 599 508 533</t>
   </si>
   <si>
     <t>Občanská poradna</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek, 773 173 604</t>
   </si>
   <si>
     <t>Poradenské středisko pro rodinu a dítě "RaD"</t>
   </si>
   <si>
     <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
   </si>
   <si>
     <t>Atriová 1297/5, 73601 Havířov, 596 885 678</t>
   </si>
   <si>
     <t>Sociální poradna ANIMA VIVA o.s.</t>
   </si>
   <si>
     <t>Hlučín, Kravaře, Opava, Vítkov</t>
   </si>
@@ -843,54 +834,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C63"/>
+  <dimension ref="A1:C62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C63" sqref="C63"/>
+      <selection activeCell="C62" sqref="C62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1268,329 +1259,318 @@
         <v>89</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>96</v>
+        <v>7</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C39" s="2" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B43" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C43" s="2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>112</v>
+        <v>65</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C45" s="2" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B46" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C46" s="2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C47" s="2" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C48" s="2" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C49" s="2" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B50" s="2" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B52" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C52" s="2" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B53" s="2" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
         <v>133</v>
       </c>
       <c r="B54" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C54" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="B55" s="2" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>139</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B57" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C57" s="2" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C58" s="2" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C59" s="2" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>149</v>
+        <v>85</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C61" s="2" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
         <v>151</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>153</v>
-      </c>
-[...9 lines deleted...]
-        <v>156</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">