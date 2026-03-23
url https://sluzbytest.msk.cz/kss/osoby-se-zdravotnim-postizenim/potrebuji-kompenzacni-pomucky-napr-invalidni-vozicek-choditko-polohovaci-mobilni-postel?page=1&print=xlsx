--- v0 (2026-02-05)
+++ v1 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -119,93 +119,93 @@
   <si>
     <t>Pečovatelská služba</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Hladké Životice, Jakubčovice nad Odrou, jiná obec v ČR, Kružberk, Kujavy, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Suchdol nad Odrou, Svatoňovice, Větřkovice, Vítkov, Vrchy</t>
   </si>
   <si>
     <t>Pivovarská 317, 74787 Budišov nad Budišovkou, 605 467 813, Masarykova 390, 74245 Fulnek 1, 605 467 813, Hranická 1110/32, 74235 Odry, 731 075 802, Lidická 608, 74901 Vítkov 1, 605 467 813</t>
   </si>
   <si>
     <t>pečovatelská služba</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hlučínská 739, 74727 Kobeřice, 606 168 192</t>
   </si>
   <si>
     <t>Pečovatelská služba města Vratimova</t>
   </si>
   <si>
     <t>Vratimov</t>
   </si>
   <si>
-    <t>Frýdecká 853/57, 73932 Vratimov, 595 705 911, 596 732 441</t>
+    <t>Frýdecká 853/57, 73932 Vratimov, 596 732 441, 607 225 927</t>
   </si>
   <si>
     <t>Sociální služby Bystřice</t>
   </si>
   <si>
     <t>Bystřice</t>
   </si>
   <si>
     <t>Bystřice 1317, 73995 Bystřice nad Olší, 702 097 304</t>
   </si>
   <si>
     <t>Charitní pečovatelská služba</t>
   </si>
   <si>
     <t>Bystřice, Nýdek, Řeka, Smilovice, Střítež, Třinec, Vendryně</t>
   </si>
   <si>
     <t>Lánská 128, 73961 Třinec, 734 115 925</t>
   </si>
   <si>
     <t>Dům s pečovatelskou službou</t>
   </si>
   <si>
     <t>Jindřichov</t>
   </si>
   <si>
     <t>Jindřichov 172, 79383 Jindřichov, 554 641 744</t>
   </si>
   <si>
     <t>Domov Vesalius, z. ú.</t>
   </si>
   <si>
     <t>Branka u Opavy, Bratříkovice, Brumovice, Budišovice, Dolní Životice, Háj ve Slezsku, Hlavnice, Hlubočec, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Jakartovice, Jezdkovice, Kyjovice, Lhotka u Litultovic, Litultovice, Mikolajice, Mladecko, Mokré Lazce, Neplachovice, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Sosnová, Stěbořice, Štáblovice, Štítina, Těškovice, Uhlířov, Velké Heraltice, Velké Hoštice, Vršovice</t>
   </si>
   <si>
     <t>Sušilova 1751/1, 74601 Opava, 597 457 877</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -512,51 +512,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -709,59 +709,50 @@
       <c r="A15" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>