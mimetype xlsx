--- v0 (2026-02-05)
+++ v1 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -440,51 +440,51 @@
   <si>
     <t>Strmá 1013/3, 70900 Mariánské Hory, Chelčického 616/12, 70200 Ostrava, 770 181 120</t>
   </si>
   <si>
     <t>Tichý svět, o.p.s. - sociální rehabilitace</t>
   </si>
   <si>
     <t>Masná 1493/8, 70200 Ostrava, 702 158 110</t>
   </si>
   <si>
     <t>Tyfloservis, o.p.s. - Krajské ambulantní středisko Ostrava</t>
   </si>
   <si>
     <t>Prokešovo náměstí 634/5, 70200 Ostrava 2, 596 783 227</t>
   </si>
   <si>
     <t>Bělá, Bohuslavice, Bolatice, Branka u Opavy, Bratříkovice, Brumovice, Březová, Budišov nad Budišovkou, Budišovice, Čermná ve Slezsku, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Životice, Háj ve Slezsku, Hať, Hlavnice, Hlubočec, Hlučín, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Kobeřice, Kozmice, Kravaře, Kružberk, Kyjovice, Lhotka u Litultovic, Litultovice, Ludgeřovice, Markvartovice, Melč, Mikolajice, Mladecko, Mokré Lazce, Moravice, Neplachovice, Nové Lublice, Nové Sedlice, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Rohov, Skřipov, Slavkov, Služovice, Sosnová, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Svatoňovice, Šilheřovice, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Uhlířov, Velké Heraltice, Velké Hoštice, Větřkovice, Vítkov, Vršovice, Vřesina, Závada</t>
   </si>
   <si>
     <t>Hradecká 650/16, 74601 Opava 1, 553 652 433, 722 933 477</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -791,51 +791,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C53" sqref="C53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -1395,59 +1395,50 @@
       <c r="A52" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>139</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>140</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>