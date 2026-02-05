--- v0 (2025-12-18)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Azylové zařízení</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Vřesinská 2230/5, 70800 Ostrava, 555 131 686</t>
   </si>
   <si>
     <t>Azylový byt</t>
   </si>
   <si>
     <t>Studénka</t>
   </si>
   <si>
@@ -132,59 +132,50 @@
     <t>Syllabova 1161/19, 70300 Vítkovice, 778 111 281, 778 421 223</t>
   </si>
   <si>
     <t>Linka důvěry</t>
   </si>
   <si>
     <t>Nemocniční 898/20, 72880 Ostrava, 737 267 939</t>
   </si>
   <si>
     <t>SÁRA Frýdek-Místek, azylový dům pro matky s dětmi</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Bruzovská 328, 73801 Frýdek-Místek, 605 201 512</t>
   </si>
   <si>
     <t>SÁRA Petrovice u Karviné, azylový dům pro ženy a ženy s dětmi</t>
   </si>
   <si>
     <t>Petrovice u Karviné</t>
   </si>
   <si>
     <t>čp. 616, 73572 Petrovice u Karviné, 605 292 991</t>
-  </si>
-[...7 lines deleted...]
-    <t>Markvartovická 20/22, 74714 Ludgeřovice</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -501,54 +492,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C16"/>
+  <dimension ref="A1:C15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C16" sqref="C16"/>
+      <selection activeCell="C15" sqref="C15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -677,61 +668,50 @@
       </c>
       <c r="C13" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>39</v>
-      </c>
-[...9 lines deleted...]
-        <v>42</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">