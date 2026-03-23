--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -137,51 +137,51 @@
   <si>
     <t>Nemocniční 898/20, 72880 Ostrava, 737 267 939</t>
   </si>
   <si>
     <t>SÁRA Frýdek-Místek, azylový dům pro matky s dětmi</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
     <t>Bruzovská 328, 73801 Frýdek-Místek, 605 201 512</t>
   </si>
   <si>
     <t>SÁRA Petrovice u Karviné, azylový dům pro ženy a ženy s dětmi</t>
   </si>
   <si>
     <t>Petrovice u Karviné</t>
   </si>
   <si>
     <t>čp. 616, 73572 Petrovice u Karviné, 605 292 991</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -488,51 +488,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C15" sqref="C15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -674,59 +674,50 @@
       <c r="A14" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>