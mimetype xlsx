--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Dluhové poradenství</t>
   </si>
   <si>
     <t>Budišov nad Budišovkou, Fulnek, Odry, Vítkov</t>
   </si>
   <si>
     <t>Partyzánská 229, 74787 Budišov nad Budišovkou, Masarykova 388, 74245 Fulnek, Hranická 1113/48, 74235 Odry, 604 645 378, Komenského 169, 74901 Vítkov</t>
   </si>
   <si>
     <t>ELPIS Třinec, odborné sociální poradenství</t>
   </si>
   <si>
     <t>Třinec</t>
   </si>
   <si>
@@ -95,51 +95,51 @@
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Opletalova 607/4, 73601 Havířov, 734 864 124</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Karviná</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Havířská 1189/31, 73506 Karviná, 734 645 272, V Aleji 435/12, 73401 Karviná 4, 734 645 272</t>
   </si>
   <si>
     <t>občanská poradna Lexikona</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>Hlavní náměstí 46/14, 79401 Krnov, 774 380 896</t>
   </si>
   <si>
-    <t>Občanská poradna Nový Jičín</t>
+    <t>Občanská poradna Novojičínsko</t>
   </si>
   <si>
     <t>Kopřivnice, Nový Jičín, Příbor</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403, náměstí Sigmunda Freuda 19, 74258 Příbor, 556 709 403</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Ostrava, odborné sociální poradenství</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Štramberská 2871/47, 70300 Ostrava, 734 645 275</t>
   </si>
   <si>
     <t>Občanská poradna v Bohumíně</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Štefánikova 957, 73581 Bohumín, 734 645 275</t>
   </si>
@@ -149,51 +149,51 @@
   <si>
     <t>Bohumínská 25/152, 71200 Ostrava, 725 876 755</t>
   </si>
   <si>
     <t>Poradenské a informační centrum - odborné sociální poradenství</t>
   </si>
   <si>
     <t>Klimkovice, Ostrava, Petřvald, Šenov, Vratimov</t>
   </si>
   <si>
     <t>Holvekova 204/44, 71800 Ostrava 18, 734 875 532, Puchmajerova 980/10, 70200 Ostrava 2, 734 875 532, Plzeňská 2617/6, 70030 Ostrava 30, 734 875 532</t>
   </si>
   <si>
     <t>Poradenské a mediační centrum</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Žerotínova 1230/1, 70200 Ostrava, 737 208 548</t>
   </si>
   <si>
     <t>Poradenské centrum</t>
   </si>
   <si>
-    <t>Bílá, Čeladná, Frýdlant nad Ostravicí, Malenovice, Pržno, Pstruží</t>
+    <t>Baška, Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Lučina, Malenovice, Ostravice, Pazderna, Pržno, Pstruží, Raškovice, Staré Hamry</t>
   </si>
   <si>
     <t>Náměstí 3, 73911 Frýdlant nad Ostravicí, 737 627 872, Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 737 627 872</t>
   </si>
   <si>
     <t>Poradenské středisko EUROTOPIA Opava</t>
   </si>
   <si>
     <t>Bolatice, Dolní Benešov, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kravaře, Oldřišov, Rohov, Služovice, Strahovice, Sudice, Štěpánkovice, Velké Hoštice</t>
   </si>
   <si>
     <t>Zacpalova 379/27, 74601 Opava, 734 202 918</t>
   </si>
   <si>
     <t>Poradenské středisko pro rodinu a dítě "RaD"</t>
   </si>
   <si>
     <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
   </si>
   <si>
     <t>Atriová 1297/5, 73601 Havířov, 596 885 678</t>
   </si>
   <si>
     <t>Poradna Charity Ostrava</t>
   </si>
@@ -221,51 +221,51 @@
   <si>
     <t>Poradna pro ženy a dívky Frýdek-Mistek</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek 1, 558 434 961, 731 752 513</t>
   </si>
   <si>
     <t>Poradna Spolku Tulipán</t>
   </si>
   <si>
     <t>Horní Suchá</t>
   </si>
   <si>
     <t>Těrlická 1257, 73535 Horní Suchá, 608 567 552</t>
   </si>
   <si>
     <t>Poradna sv. Alexandra</t>
   </si>
   <si>
     <t>Františka Formana 251/13, 70030 Ostrava, 731 625 840</t>
   </si>
   <si>
     <t>Rodinná poradna</t>
   </si>
   <si>
-    <t>Hlučín, Hradec nad Moravicí, Nový Jičín, Odry, Ostrava, Raduň, Třinec</t>
+    <t>Bartošovice, Bělá, Bohuslavice, Čavisov, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Lhota, Hať, Hladké Životice, Hlučín, Hodslavice, Horní Lhota, Hostašovice, Jeseník nad Odrou, Klimkovice, Kozmice, Kunín, Libhošť, Ludgeřovice, Markvartovice, Mořkov, Nový Jičín, Olbramice, Ostrava, Píšť, Rybí, Sedlnice, Stará Ves nad Ondřejnicí, Starý Jičín, Suchdol nad Odrou, Šenov, Šenov u Nového Jičína, Šilheřovice, Třinec, Václavovice, Velká Polom, Vratimov, Vřesina, Závada, Zbyslavice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Jahnova 867/12, 70900 Ostrava, 595 054 000</t>
   </si>
   <si>
     <t>Centrum inkluze o.p.s.</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Kružberk, Melč, Moravice, Nové Lublice, Radkov, Staré Těchanovice, Svatoňovice, Větřkovice, Vítkov</t>
   </si>
   <si>
     <t>Švermova /249, 74901 Vítkov, nám. Jana Zajíce /1, 74901 Vítkov</t>
   </si>
   <si>
     <t>Armáda spásy, Sociálně aktivizační služby pro rodiny s dětmi Kopřivnice, Příbor, Štramberk</t>
   </si>
   <si>
     <t>Kopřivnice, Příbor, Štramberk</t>
   </si>
   <si>
     <t>Horní 1112/21b, 74221 Kopřivnice</t>
   </si>
   <si>
     <t>Centrum Pramínek</t>
   </si>
@@ -314,102 +314,96 @@
   <si>
     <t>SAS Tunnel</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Melč, Radkov, Svatoňovice, Větřkovice, Vítkov</t>
   </si>
   <si>
     <t>Dělnická 746, 74901 Vítkov, 553 038 227, 733 183 778</t>
   </si>
   <si>
     <t>Sociálně aktivizační služba pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Fulnek, Heřmánky, Jakubčovice nad Odrou, jiná obec v ČR, Luboměř, Mankovice, Odry, Spálov</t>
   </si>
   <si>
     <t>Nádražní 695/28, 74235 Odry, 728 476 958</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Hlučín, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
-    <t>Nerudova 686/49, 70300 Ostrava 3, 595 054 006, Čujkovova 1718/29, 70030 Ostrava 30, 595 054 006</t>
+    <t>Nerudova 686/49, 70300 Ostrava 3, 736 609 529, Čujkovova 1718/29, 70030 Ostrava 30, 736 609 529</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi Nový Jičín</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Kostelní 2080/6, 74101 Nový Jičín, 774 789 811</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISITENCE Karviná, Orlová</t>
   </si>
   <si>
     <t>Dětmarovice, Doubrava, Karviná, Orlová, Petrovice u Karviné, Petřvald, Stonava</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná 4, 604 642 991, Masarykova třída 900, 73514 Orlová, 604 642 991</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Jablunkov, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Hrčava, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>čp. 650, 73992 Návsí, 558 320 300</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Krnovsko, Albrechticko, Osoblažsko, Rýmařovsko</t>
   </si>
   <si>
     <t>Bohušov, Brantice, Břidličná, Býkov-Láryšov, Čaková, Dívčí Hrad, Dolní Moravice, Heřmanovice, Hlinka, Holčovice, Horní Město, Hošťálkovy, Janov, Jindřichov, Jiříkov, Krasov, Lichnov, Liptaň, Malá Morávka, Malá Štáhle, Město Albrechtice, Osoblaha, Petrovice, Rusín, Rýmařov, Ryžoviště, Slezské Pavlovice, Slezské Rudoltice, Stará Ves, Třemešná, Tvrdkov, Úvalno, Velká Štáhle, Vysoká, Zátor</t>
   </si>
   <si>
     <t>Dvořákův okruh 298/21, 79401 Krnov, Lázeňská 119/2, 79395 Město Albrechtice, Klášterní 100, 79399 Osoblaha, třída Hrdinů 414/4, 79501 Rýmařov</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Ostrava, Bohumín, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bohumín, Ostrava</t>
   </si>
   <si>
     <t>Drátovenská 246, 73551 Bohumín 5, 734 360 326, Štramberská 2871/47, 70300 Ostrava 3, 734 769 704</t>
-  </si>
-[...4 lines deleted...]
-    <t>Bystřice, Hnojník, Komorní Lhotka, Košařiska, Nýdek, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE, Frýdek - Místek, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Baška, Brušperk, Bruzovice, Čeladná, Dobrá, Dobratice, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Hnojník, Horní Tošanovice, Hukvaldy, Janovice, Kaňovice, Kozlovice, Krásná, Lučina, Metylovice, Nižní Lhoty, Nošovice, Ostrava, Ostravice, Palkovice, Paskov, Pazderna, Pržno, Raškovice, Řepiště, Sedliště, Staré Město, Staříč, Sviadnov, Třanovice, Vojkovice, Vyšní Lhoty, Žabeň, Žermanice</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek 1, 739 380 145</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -735,54 +729,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C44"/>
+  <dimension ref="A1:C43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C44" sqref="C44"/>
+      <selection activeCell="C43" sqref="C43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1218,62 +1212,51 @@
         <v>111</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      <c r="A44" s="2" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">