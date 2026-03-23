--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -314,111 +314,111 @@
   <si>
     <t>SAS Tunnel</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Melč, Radkov, Svatoňovice, Větřkovice, Vítkov</t>
   </si>
   <si>
     <t>Dělnická 746, 74901 Vítkov, 553 038 227, 733 183 778</t>
   </si>
   <si>
     <t>Sociálně aktivizační služba pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Fulnek, Heřmánky, Jakubčovice nad Odrou, jiná obec v ČR, Luboměř, Mankovice, Odry, Spálov</t>
   </si>
   <si>
     <t>Nádražní 695/28, 74235 Odry, 728 476 958</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Hlučín, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
-    <t>Nerudova 686/49, 70300 Ostrava 3, 736 609 529, Čujkovova 1718/29, 70030 Ostrava 30, 736 609 529</t>
+    <t>Nerudova 686/49, 70300 Ostrava 3, 736 142 187, Čujkovova 1718/29, 70030 Ostrava 30, 736 142 187</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi Nový Jičín</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
-    <t>Kostelní 2080/6, 74101 Nový Jičín, 774 789 811</t>
+    <t>Štefánikova 826/7, 74101 Nový Jičín, 728 280 769</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISITENCE Karviná, Orlová</t>
   </si>
   <si>
     <t>Dětmarovice, Doubrava, Karviná, Orlová, Petrovice u Karviné, Petřvald, Stonava</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná 4, 604 642 991, Masarykova třída 900, 73514 Orlová, 604 642 991</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Jablunkov, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Hrčava, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>čp. 650, 73992 Návsí, 558 320 300</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Krnovsko, Albrechticko, Osoblažsko, Rýmařovsko</t>
   </si>
   <si>
     <t>Bohušov, Brantice, Břidličná, Býkov-Láryšov, Čaková, Dívčí Hrad, Dolní Moravice, Heřmanovice, Hlinka, Holčovice, Horní Město, Hošťálkovy, Janov, Jindřichov, Jiříkov, Krasov, Lichnov, Liptaň, Malá Morávka, Malá Štáhle, Město Albrechtice, Osoblaha, Petrovice, Rusín, Rýmařov, Ryžoviště, Slezské Pavlovice, Slezské Rudoltice, Stará Ves, Třemešná, Tvrdkov, Úvalno, Velká Štáhle, Vysoká, Zátor</t>
   </si>
   <si>
     <t>Dvořákův okruh 298/21, 79401 Krnov, Lázeňská 119/2, 79395 Město Albrechtice, Klášterní 100, 79399 Osoblaha, třída Hrdinů 414/4, 79501 Rýmařov</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Ostrava, Bohumín, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bohumín, Ostrava</t>
   </si>
   <si>
     <t>Drátovenská 246, 73551 Bohumín 5, 734 360 326, Štramberská 2871/47, 70300 Ostrava 3, 734 769 704</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE, Frýdek - Místek, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Baška, Brušperk, Bruzovice, Čeladná, Dobrá, Dobratice, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Hnojník, Horní Tošanovice, Hukvaldy, Janovice, Kaňovice, Kozlovice, Krásná, Lučina, Metylovice, Nižní Lhoty, Nošovice, Ostrava, Ostravice, Palkovice, Paskov, Pazderna, Pržno, Raškovice, Řepiště, Sedliště, Staré Město, Staříč, Sviadnov, Třanovice, Vojkovice, Vyšní Lhoty, Žabeň, Žermanice</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek 1, 739 380 145</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -725,51 +725,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C43" sqref="C43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -1219,59 +1219,50 @@
       <c r="A42" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>118</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>