--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -113,51 +113,51 @@
   <si>
     <t>Havířov</t>
   </si>
   <si>
     <t>Opletalova 607/4, 73601 Havířov, 734 864 124</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Karviná</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Havířská 1189/31, 73506 Karviná, 734 645 272, V Aleji 435/12, 73401 Karviná 4, 734 645 272</t>
   </si>
   <si>
     <t>občanská poradna Lexikona</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>Hlavní náměstí 46/14, 79401 Krnov, 774 380 896</t>
   </si>
   <si>
-    <t>Občanská poradna Nový Jičín</t>
+    <t>Občanská poradna Novojičínsko</t>
   </si>
   <si>
     <t>Kopřivnice, Nový Jičín, Příbor</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403, náměstí Sigmunda Freuda 19, 74258 Příbor, 556 709 403</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Ostrava, odborné sociální poradenství</t>
   </si>
   <si>
     <t>Štramberská 2871/47, 70300 Ostrava, 734 645 275</t>
   </si>
   <si>
     <t>Občanská poradna v Bohumíně</t>
   </si>
   <si>
     <t>Bohumín</t>
   </si>
   <si>
     <t>Štefánikova 957, 73581 Bohumín, 734 645 275</t>
   </si>
   <si>
     <t>Občanské poradny SPOLEČNĚ-JEKHETANE</t>
   </si>
@@ -170,51 +170,51 @@
   <si>
     <t>Bohumínská 25/152, 71200 Ostrava, 725 876 755</t>
   </si>
   <si>
     <t>Poradenské a informační centrum - odborné sociální poradenství</t>
   </si>
   <si>
     <t>Klimkovice, Ostrava, Petřvald, Šenov, Vratimov</t>
   </si>
   <si>
     <t>Holvekova 204/44, 71800 Ostrava 18, 734 875 532, Puchmajerova 980/10, 70200 Ostrava 2, 734 875 532, Plzeňská 2617/6, 70030 Ostrava 30, 734 875 532</t>
   </si>
   <si>
     <t>Poradenské a mediační centrum</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Žerotínova 1230/1, 70200 Ostrava, 737 208 548</t>
   </si>
   <si>
     <t>Poradenské centrum</t>
   </si>
   <si>
-    <t>Bílá, Čeladná, Frýdlant nad Ostravicí, Malenovice, Pržno, Pstruží</t>
+    <t>Baška, Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Lučina, Malenovice, Ostravice, Pazderna, Pržno, Pstruží, Raškovice, Staré Hamry</t>
   </si>
   <si>
     <t>Náměstí 3, 73911 Frýdlant nad Ostravicí, 737 627 872, Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 737 627 872</t>
   </si>
   <si>
     <t>Poradenské středisko EUROTOPIA Opava</t>
   </si>
   <si>
     <t>Bolatice, Dolní Benešov, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kravaře, Oldřišov, Rohov, Služovice, Strahovice, Sudice, Štěpánkovice, Velké Hoštice</t>
   </si>
   <si>
     <t>Zacpalova 379/27, 74601 Opava, 734 202 918</t>
   </si>
   <si>
     <t>Poradenské středisko pro rodinu a dítě "RaD"</t>
   </si>
   <si>
     <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
   </si>
   <si>
     <t>Atriová 1297/5, 73601 Havířov, 596 885 678</t>
   </si>
   <si>
     <t>Poradna Český Těšín</t>
   </si>
@@ -266,51 +266,51 @@
   <si>
     <t>Horní Suchá</t>
   </si>
   <si>
     <t>Těrlická 1257, 73535 Horní Suchá, 608 567 552</t>
   </si>
   <si>
     <t>Poradna sv. Alexandra</t>
   </si>
   <si>
     <t>Františka Formana 251/13, 70030 Ostrava, 731 625 840</t>
   </si>
   <si>
     <t>Poradny Frýdek-Místek, Karviná</t>
   </si>
   <si>
     <t>Frýdek-Místek, Karviná</t>
   </si>
   <si>
     <t>Malý Koloredov 811, 73801 Frýdek-Místek 1, 724 087 221, Karola Śliwky 149/17, 73301 Karviná, 731 494 695</t>
   </si>
   <si>
     <t>Rodinná poradna</t>
   </si>
   <si>
-    <t>Hlučín, Hradec nad Moravicí, Nový Jičín, Odry, Ostrava, Raduň, Třinec</t>
+    <t>Bartošovice, Bělá, Bohuslavice, Čavisov, Darkovice, Děhylov, Dobroslavice, Dolní Benešov, Dolní Lhota, Hať, Hladké Životice, Hlučín, Hodslavice, Horní Lhota, Hostašovice, Jeseník nad Odrou, Klimkovice, Kozmice, Kunín, Libhošť, Ludgeřovice, Markvartovice, Mořkov, Nový Jičín, Olbramice, Ostrava, Píšť, Rybí, Sedlnice, Stará Ves nad Ondřejnicí, Starý Jičín, Suchdol nad Odrou, Šenov, Šenov u Nového Jičína, Šilheřovice, Třinec, Václavovice, Velká Polom, Vratimov, Vřesina, Závada, Zbyslavice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Jahnova 867/12, 70900 Ostrava, 595 054 000</t>
   </si>
   <si>
     <t>Terapeutické centrum</t>
   </si>
   <si>
     <t>Bystřice, Hnojník, Komorní Lhotka, Košařiska, Nýdek, Ostrava, Ropice, Řeka, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
   <si>
     <t>Stojanovo náměstí 1072/1, 70900 Ostrava, 724 154 239, Družstevní 294, 73961 Třinec</t>
   </si>
   <si>
     <t>Poradenské centrum R-R Ostrava</t>
   </si>
   <si>
     <t>Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Macharova 965/7, 70200 Ostrava 2, 777 180 186</t>
   </si>
   <si>
     <t>Centrum inkluze o.p.s.</t>
   </si>
@@ -335,102 +335,102 @@
   <si>
     <t>Cesta k domovu - terénní programy</t>
   </si>
   <si>
     <t>nám. T. G. Masaryka 810/4, 73601 Havířov 1, 603 761 243</t>
   </si>
   <si>
     <t>Charitní dům sv. Benedikta Labre - terénní programy</t>
   </si>
   <si>
     <t>Lidická 773/54, 70300 Ostrava, 733 441 883</t>
   </si>
   <si>
     <t>KONTAKT Karviná</t>
   </si>
   <si>
     <t>Gustawa Morcinka 1332/1, 73506 Karviná, 733 142 401</t>
   </si>
   <si>
     <t>OPEN STREET</t>
   </si>
   <si>
     <t>Bruntál</t>
   </si>
   <si>
-    <t>Dr. E. Beneše 309/47, 79201 Bruntál, 775 096 716</t>
+    <t>Dr. E. Beneše 309/47, 79201 Bruntál, 775 096 710</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Armáda spásy, Prevence bezdomovectví Frenštát pod Radhoštěm</t>
   </si>
   <si>
     <t>Frenštát pod Radhoštěm</t>
   </si>
   <si>
     <t>Martinská čtvrť 1136, 74401 Frenštát pod Radhoštěm, 737 215 433</t>
   </si>
   <si>
     <t>Služby drogové prevence OPEN HOUSE</t>
   </si>
   <si>
     <t>Bruntál, Kravaře, Vrbno pod Pradědem</t>
   </si>
   <si>
-    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 714, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
+    <t>Zahradní 1455/1, 79201 Bruntál 1, 775 096 710, Zámecké náměstí 1/13, 79401 Krnov 1, 775 096 714, Husova 469, 79326 Vrbno pod Pradědem, 775 096 714</t>
   </si>
   <si>
     <t>STREETWORK GABRIEL Karviná, terénní program</t>
   </si>
   <si>
     <t>Karviná, Orlová</t>
   </si>
   <si>
     <t>tř. Družby 1106/25, 73506 Karviná, 731 428 974, Poštovní 338/4, 73301 Karviná, 731 428 974, Masarykova třída 1000, 73514 Orlová, 731 428 974</t>
   </si>
   <si>
     <t>Terénní program Frýdecko-Místecko</t>
   </si>
   <si>
     <t>Český Těšín, Frýdek-Místek, Frýdlant nad Ostravicí, Jablunkov, Třinec</t>
   </si>
   <si>
     <t>Družstevní 294, 73961 Třinec, 723 141 029</t>
   </si>
   <si>
     <t>Terénní program Krnovsko</t>
   </si>
   <si>
     <t>E. F. Buriana 908/1, 79401 Krnov 1, 608 868 460</t>
   </si>
   <si>
     <t>Terénní program na Novojičínsku</t>
   </si>
   <si>
-    <t>Bílovec, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor</t>
+    <t>Bílovec, Budišov nad Budišovkou, Frenštát pod Radhoštěm, Kopřivnice, Nový Jičín, Odry, Příbor, Vítkov</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 723 946 507</t>
   </si>
   <si>
     <t>Terénní program Ostrava</t>
   </si>
   <si>
     <t>Bohumín, Hlučín, Ostrava</t>
   </si>
   <si>
     <t>Zengrova 828/69, 70300 Ostrava 3, 774 719 357</t>
   </si>
   <si>
     <t>Terénní programy ARKA</t>
   </si>
   <si>
     <t>Sokolská třída 2587/81, 70200 Ostrava 2, 734 377 810</t>
   </si>
   <si>
     <t>Terénní programy SPOLEČNĚ-JEKHETANE</t>
   </si>
   <si>
     <t>U Tiskárny 515/3, 70200 Ostrava 2, 596 136 609, Dělnická 387/20, 70800 Ostrava 8, 591 124 979</t>
   </si>