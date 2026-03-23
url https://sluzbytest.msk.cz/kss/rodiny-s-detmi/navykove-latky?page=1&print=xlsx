--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -416,51 +416,51 @@
   <si>
     <t>Terénní program Ostrava</t>
   </si>
   <si>
     <t>Bohumín, Hlučín, Ostrava</t>
   </si>
   <si>
     <t>Zengrova 828/69, 70300 Ostrava 3, 774 719 357</t>
   </si>
   <si>
     <t>Terénní programy ARKA</t>
   </si>
   <si>
     <t>Sokolská třída 2587/81, 70200 Ostrava 2, 734 377 810</t>
   </si>
   <si>
     <t>Terénní programy SPOLEČNĚ-JEKHETANE</t>
   </si>
   <si>
     <t>U Tiskárny 515/3, 70200 Ostrava 2, 596 136 609, Dělnická 387/20, 70800 Ostrava 8, 591 124 979</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -767,51 +767,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C51" sqref="C51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -1349,59 +1349,50 @@
       <c r="A50" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>132</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>