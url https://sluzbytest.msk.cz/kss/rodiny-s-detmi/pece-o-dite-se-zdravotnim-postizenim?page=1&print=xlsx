--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Armáda spásy, Sociálně aktivizační služby pro rodiny s dětmi Kopřivnice, Příbor, Štramberk</t>
   </si>
   <si>
     <t>Kopřivnice, Příbor, Štramberk</t>
   </si>
   <si>
     <t>Horní 1112/21b, 74221 Kopřivnice</t>
   </si>
   <si>
     <t>Centrum Pramínek</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
@@ -221,105 +221,96 @@
   <si>
     <t>SAS Tunnel</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Melč, Radkov, Svatoňovice, Větřkovice, Vítkov</t>
   </si>
   <si>
     <t>Dělnická 746, 74901 Vítkov, 553 038 227, 733 183 778</t>
   </si>
   <si>
     <t>Sociálně aktivizační služba pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Fulnek, Heřmánky, Jakubčovice nad Odrou, jiná obec v ČR, Luboměř, Mankovice, Odry, Spálov</t>
   </si>
   <si>
     <t>Nádražní 695/28, 74235 Odry, 728 476 958</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Hlučín, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
-    <t>Nerudova 686/49, 70300 Ostrava 3, 595 054 006, Čujkovova 1718/29, 70030 Ostrava 30, 595 054 006</t>
+    <t>Nerudova 686/49, 70300 Ostrava 3, 736 609 529, Čujkovova 1718/29, 70030 Ostrava 30, 736 609 529</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi Nový Jičín</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Kostelní 2080/6, 74101 Nový Jičín, 774 789 811</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISITENCE Karviná, Orlová</t>
   </si>
   <si>
     <t>Dětmarovice, Doubrava, Karviná, Orlová, Petrovice u Karviné, Petřvald, Stonava</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná 4, 604 642 991, Masarykova třída 900, 73514 Orlová, 604 642 991</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Jablunkov, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Hrčava, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>čp. 650, 73992 Návsí, 558 320 300</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Krnovsko, Albrechticko, Osoblažsko, Rýmařovsko</t>
   </si>
   <si>
     <t>Bohušov, Brantice, Břidličná, Býkov-Láryšov, Čaková, Dívčí Hrad, Dolní Moravice, Heřmanovice, Hlinka, Holčovice, Horní Město, Hošťálkovy, Janov, Jindřichov, Jiříkov, Krasov, Lichnov, Liptaň, Malá Morávka, Malá Štáhle, Město Albrechtice, Osoblaha, Petrovice, Rusín, Rýmařov, Ryžoviště, Slezské Pavlovice, Slezské Rudoltice, Stará Ves, Třemešná, Tvrdkov, Úvalno, Velká Štáhle, Vysoká, Zátor</t>
   </si>
   <si>
     <t>Dvořákův okruh 298/21, 79401 Krnov, Lázeňská 119/2, 79395 Město Albrechtice, Klášterní 100, 79399 Osoblaha, třída Hrdinů 414/4, 79501 Rýmařov</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Ostrava, Bohumín, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bohumín, Ostrava</t>
   </si>
   <si>
     <t>Drátovenská 246, 73551 Bohumín 5, 734 360 326, Štramberská 2871/47, 70300 Ostrava 3, 734 769 704</t>
-  </si>
-[...7 lines deleted...]
-    <t>Máchova 643, 73961 Třinec, 558 320 300</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE, Frýdek - Místek, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Baška, Brušperk, Bruzovice, Čeladná, Dobrá, Dobratice, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Hnojník, Horní Tošanovice, Hukvaldy, Janovice, Kaňovice, Kozlovice, Krásná, Lučina, Metylovice, Nižní Lhoty, Nošovice, Ostrava, Ostravice, Palkovice, Paskov, Pazderna, Pržno, Raškovice, Řepiště, Sedliště, Staré Město, Staříč, Sviadnov, Třanovice, Vojkovice, Vyšní Lhoty, Žabeň, Žermanice</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek 1, 739 380 145</t>
   </si>
   <si>
     <t>Společnost pro ranou péči, pobočka Ostrava</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Rodinná 2719/57, 70030 Ostrava 30, 774 567 236</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -654,54 +645,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C32"/>
+  <dimension ref="A1:C31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C32" sqref="C32"/>
+      <selection activeCell="C31" sqref="C31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1006,61 +997,50 @@
       </c>
       <c r="C29" s="2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>90</v>
-      </c>
-[...9 lines deleted...]
-        <v>93</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">