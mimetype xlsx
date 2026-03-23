--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -221,60 +221,60 @@
   <si>
     <t>SAS Tunnel</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Melč, Radkov, Svatoňovice, Větřkovice, Vítkov</t>
   </si>
   <si>
     <t>Dělnická 746, 74901 Vítkov, 553 038 227, 733 183 778</t>
   </si>
   <si>
     <t>Sociálně aktivizační služba pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Fulnek, Heřmánky, Jakubčovice nad Odrou, jiná obec v ČR, Luboměř, Mankovice, Odry, Spálov</t>
   </si>
   <si>
     <t>Nádražní 695/28, 74235 Odry, 728 476 958</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Hlučín, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
-    <t>Nerudova 686/49, 70300 Ostrava 3, 736 609 529, Čujkovova 1718/29, 70030 Ostrava 30, 736 609 529</t>
+    <t>Nerudova 686/49, 70300 Ostrava 3, 736 142 187, Čujkovova 1718/29, 70030 Ostrava 30, 736 142 187</t>
   </si>
   <si>
     <t>Sociálně aktivizační služby pro rodiny s dětmi Nový Jičín</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
-    <t>Kostelní 2080/6, 74101 Nový Jičín, 774 789 811</t>
+    <t>Štefánikova 826/7, 74101 Nový Jičín, 728 280 769</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISITENCE Karviná, Orlová</t>
   </si>
   <si>
     <t>Dětmarovice, Doubrava, Karviná, Orlová, Petrovice u Karviné, Petřvald, Stonava</t>
   </si>
   <si>
     <t>V Aleji 435/12, 73401 Karviná 4, 604 642 991, Masarykova třída 900, 73514 Orlová, 604 642 991</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Jablunkov, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Hrčava, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>čp. 650, 73992 Návsí, 558 320 300</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE Krnovsko, Albrechticko, Osoblažsko, Rýmařovsko</t>
   </si>
   <si>
     <t>Bohušov, Brantice, Břidličná, Býkov-Láryšov, Čaková, Dívčí Hrad, Dolní Moravice, Heřmanovice, Hlinka, Holčovice, Horní Město, Hošťálkovy, Janov, Jindřichov, Jiříkov, Krasov, Lichnov, Liptaň, Malá Morávka, Malá Štáhle, Město Albrechtice, Osoblaha, Petrovice, Rusín, Rýmařov, Ryžoviště, Slezské Pavlovice, Slezské Rudoltice, Stará Ves, Třemešná, Tvrdkov, Úvalno, Velká Štáhle, Vysoká, Zátor</t>
   </si>
@@ -290,51 +290,51 @@
   <si>
     <t>Drátovenská 246, 73551 Bohumín 5, 734 360 326, Štramberská 2871/47, 70300 Ostrava 3, 734 769 704</t>
   </si>
   <si>
     <t>SOCIÁLNÍ ASISTENCE, Frýdek - Místek, sociálně aktivizační služby pro rodiny s dětmi</t>
   </si>
   <si>
     <t>Baška, Brušperk, Bruzovice, Čeladná, Dobrá, Dobratice, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Hnojník, Horní Tošanovice, Hukvaldy, Janovice, Kaňovice, Kozlovice, Krásná, Lučina, Metylovice, Nižní Lhoty, Nošovice, Ostrava, Ostravice, Palkovice, Paskov, Pazderna, Pržno, Raškovice, Řepiště, Sedliště, Staré Město, Staříč, Sviadnov, Třanovice, Vojkovice, Vyšní Lhoty, Žabeň, Žermanice</t>
   </si>
   <si>
     <t>Palackého 129, 73801 Frýdek-Místek 1, 739 380 145</t>
   </si>
   <si>
     <t>Společnost pro ranou péči, pobočka Ostrava</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Rodinná 2719/57, 70030 Ostrava 30, 774 567 236</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -641,51 +641,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C31" sqref="C31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -1003,59 +1003,50 @@
       <c r="A30" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>90</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>