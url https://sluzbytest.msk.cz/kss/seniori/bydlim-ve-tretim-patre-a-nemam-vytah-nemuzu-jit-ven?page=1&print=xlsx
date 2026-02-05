--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -12,65 +12,65 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Adámkova vila, Osobní asistence, z.ú.</t>
   </si>
   <si>
-    <t>Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
+    <t>Dobrá, Dobratice, Krásná, Morávka, Nošovice, Pražmo, Raškovice, Vyšní Lhoty</t>
   </si>
   <si>
     <t>Raškovice 28, 73904 Pražmo, 730 820 129</t>
   </si>
   <si>
     <t>ADP Tikvah při ŽO Ostrava</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Tovární 732/15, 70900 Ostrava, 596 613 613, 774 420 087</t>
   </si>
   <si>
     <t>Asistenční služba</t>
   </si>
   <si>
     <t>Karviná</t>
   </si>
   <si>
     <t>Sokolovská 1761/36, 73506 Karviná, 773 494 545</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Český Těšín, příspěvková organizace</t>
   </si>
@@ -134,59 +134,50 @@
   <si>
     <t>Charitní asistence</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Dolní Domaslavice, Dolní Tošanovice, Hnojník, Horní Bludovice, Horní Domaslavice, Horní Suchá, Horní Tošanovice, Chotěbuz, Komorní Lhotka, Petrovice u Karviné, Ropice, Soběšovice, Stonava, Těrlicko, Třanovice, Vělopolí</t>
   </si>
   <si>
     <t>Mírová 1684/8, 73701 Český Těšín, 735 792 271</t>
   </si>
   <si>
     <t>Charitní asistenční služba</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Bystřice, Dolní Lomná, Horní Lomná, Hrádek, Jablunkov, Košařiska, Milíkov, Mosty u Jablunkova, Návsí, Nýdek, Písečná, Písek, Řeka, Smilovice, Střítež, Třinec, Vendryně</t>
   </si>
   <si>
     <t>Lánská 128, 73961 Třinec, 724 257 219</t>
   </si>
   <si>
     <t>Bordovice, Čeladná, Frenštát pod Radhoštěm, Hukvaldy, Kopřivnice, Kozlovice, Kunčice pod Ondřejníkem, Lichnov, Tichá, Trojanovice, Veřovice</t>
   </si>
   <si>
     <t>Dolní 504, 74401 Frenštát pod Radhoštěm, 731 141 801</t>
   </si>
   <si>
-    <t>Charitní hospicová poradna a poradna pro pečující</t>
-[...7 lines deleted...]
-  <si>
     <t>Charitní ošetřovatelská a pečovatelská služba Kopřivnice</t>
   </si>
   <si>
     <t>Hodslavice, Kopřivnice, Mořkov, Příbor, Rybí, Štramberk, Veřovice, Závišice, Ženklava, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Štefánikova 1163/12, 74221 Kopřivnice, 722 923 076</t>
   </si>
   <si>
     <t>Charitní pečovatelská služba</t>
   </si>
   <si>
     <t>Andělská Hora, Bílčice, Bruntál, Břidličná, Dětřichov nad Bystřicí, Dlouhá Stráň, Dolní Moravice, Dvorce, Horní Benešov, Horní Město, Horní Životice, Jiříkov, Karlova Studánka, Karlovice, Křišťanovice, Leskovec nad Moravicí, Lomnice, Ludvíkov, Malá Morávka, Malá Štáhle, Mezina, Milotice nad Opavou, Moravskoslezský Kočov, Nová Pláň, Nové Heřminovy, Oborná, Razová, Roudno, Rudná pod Pradědem, Rýmařov, Ryžoviště, Stará Ves, Staré Heřminovy, Staré Město, Světlá Hora, Svobodné Heřmanice, Široká Niva, Tvrdkov, Václavov u Bruntálu, Valšov, Velká Štáhle, Vrbno pod Pradědem</t>
   </si>
   <si>
     <t>čp. 56, 79336 Malá Morávka, 734 264 332</t>
   </si>
   <si>
     <t>Baška, Bílá, Bruzovice, Dobrá, Dobratice, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Janovice, Kaňovice, Lhotka, Lučina, Malenovice, Metylovice, Nižní Lhoty, Nošovice, Ostravice, Palkovice, Paskov, Pazderna, Pržno, Pstruží, Raškovice, Řepiště, Sedliště, Staré Hamry, Staré Město, Staříč, Sviadnov, Žabeň</t>
   </si>
   <si>
     <t>Beskydská 124, 73801 Frýdek-Místek, 731 133 020</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Dolní Domaslavice, Dolní Tošanovice, Havířov, Hnojník, Horní Bludovice, Horní Domaslavice, Horní Suchá, Horní Tošanovice, Chotěbuz, Karviná, Komorní Lhotka, Petrovice u Karviné, Ropice, Soběšovice, Stonava, Těrlicko, Třanovice, Vělopolí</t>
@@ -293,408 +284,453 @@
   <si>
     <t>Občanská poradna Opava</t>
   </si>
   <si>
     <t>Opava, Slavkov</t>
   </si>
   <si>
     <t>Kylešovská 835/10, 74601 Opava, 731 316 552, Zámecká 156, 74757 Slavkov u Opavy, 731 316 552</t>
   </si>
   <si>
     <t>OBČANSKÁ PORADNA Karviná</t>
   </si>
   <si>
     <t>Havířská 1189/31, 73506 Karviná, 734 645 272, V Aleji 435/12, 73401 Karviná 4, 734 645 272</t>
   </si>
   <si>
     <t>občanská poradna Lexikona</t>
   </si>
   <si>
     <t>Krnov</t>
   </si>
   <si>
     <t>Hlavní náměstí 46/14, 79401 Krnov, 774 380 896</t>
   </si>
   <si>
+    <t>Občanská poradna Novojičínsko</t>
+  </si>
+  <si>
+    <t>Kopřivnice, Nový Jičín, Příbor</t>
+  </si>
+  <si>
+    <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403, náměstí Sigmunda Freuda 19, 74258 Příbor, 556 709 403</t>
+  </si>
+  <si>
     <t>OBČANSKÁ PORADNA Ostrava, odborné sociální poradenství</t>
   </si>
   <si>
     <t>Štramberská 2871/47, 70300 Ostrava, 734 645 275</t>
   </si>
   <si>
     <t>Centrum sociálních služeb Bohumín, příspěvková organizace</t>
   </si>
   <si>
+    <t>Bohumín, Dolní Lutyně, Rychvald</t>
+  </si>
+  <si>
+    <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
+  </si>
+  <si>
+    <t>osobní asistence</t>
+  </si>
+  <si>
+    <t>Bělá, Bohuslavice, Bolatice, Darkovice, Dolní Benešov, Háj ve Slezsku, Hať, Hlučín, Hněvošice, Chlebičov, Chuchelná, Kobeřice, Kozmice, Kravaře, Markvartovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Píšť, Raduň, Rohov, Služovice, Strahovice, Sudice, Šilheřovice, Štěpánkovice, Štítina, Třebom, Velké Hoštice, Vřesina, Závada</t>
+  </si>
+  <si>
+    <t>Hlučínská 739, 74727 Kobeřice</t>
+  </si>
+  <si>
+    <t>Osobní asistence</t>
+  </si>
+  <si>
+    <t>Malý Koloredov 811, 73801 Frýdek-Místek, 778 500 159, Českobratrská 230/26, 70200 Ostrava 2, 777 011 934</t>
+  </si>
+  <si>
+    <t>Osobní asistence Novojičínsko</t>
+  </si>
+  <si>
+    <t>Albrechtičky, Bartošovice, Bernartice nad Odrou, Bílov, Bílovec, Bítov, Bordovice, Bravantice, Frenštát pod Radhoštěm, Fulnek, Heřmanice u Oder, Heřmánky, Hladké Životice, Hodslavice, Hostašovice, Jakubčovice nad Odrou, Jeseník nad Odrou, Jistebník, Kateřinice, Kopřivnice, Kujavy, Kunín, Libhošť, Lichnov, Luboměř, Mankovice, Mořkov, Mošnov, Nový Jičín, Odry, Petřvald, Příbor, Pustějov, Rybí, Sedlnice, Skotnice, Slatina, Spálov, Starý Jičín, Studénka, Suchdol nad Odrou, Šenov u Nového Jičína, Štramberk, Tichá, Tísek, Trnávka, Trojanovice, Velké Albrechtice, Veřovice, Vražné, Vrchy, Závišice, Ženklava, Životice u Nového Jičína</t>
+  </si>
+  <si>
+    <t>Štefánikova 1163/12, 74221 Kopřivnice, 556 879 634, Sokolovská 617/9, 74101 Nový Jičín, 556 709 403</t>
+  </si>
+  <si>
+    <t>Osobní asistence Opavsko</t>
+  </si>
+  <si>
+    <t>Andělská Hora, Bělá, Bílčice, Bohuslavice, Bolatice, Branka u Opavy, Brantice, Bratříkovice, Brumovice, Bruntál, Březová, Břidličná, Budišovice, Býkov-Láryšov, Čaková, Dětřichov nad Bystřicí, Dlouhá Stráň, Dobroslavice, Dolní Benešov, Dolní Moravice, Dolní Životice, Dvorce, Háj ve Slezsku, Heřmanovice, Hlavnice, Hlinka, Hlubočec, Hněvošice, Holasovice, Holčovice, Horní Benešov, Horní Město, Horní Životice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Chlebičov, Chuchelná, Chvalíkovice, Jakartovice, Jezdkovice, Jiříkov, Karlova Studánka, Karlovice, Kobeřice, Kozmice, Krasov, Kravaře, Krnov, Kružberk, Křišťanovice, Kyjovice, Leskovec nad Moravicí, Lhotka u Litultovic, Lichnov, Litultovice, Lomnice, Ludvíkov, Malá Morávka, Malá Štáhle, Melč, Město Albrechtice, Mezina, Mikolajice, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Moravskoslezský Kočov, Neplachovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Oborná, Oldřišov, Opava, Otice, Píšť, Pustá Polom, Radkov, Raduň, Razová, Rohov, Roudno, Rudná pod Pradědem, Ryžoviště, Skřipov, Slavkov, Služovice, Sosnová, Stará Ves, Staré Heřminovy, Staré Město, Staré Těchanovice, Stěbořice, Strahovice, Sudice, Světlá Hora, Svobodné Heřmanice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Těškovice, Třebom, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Valšov, Velká Štáhle, Velké Heraltice, Velké Hoštice, Vrbno pod Pradědem, Vršovice, Vřesina, Vysoká, Zátor, Závada</t>
+  </si>
+  <si>
+    <t>Liptovská 1045/21, 74706 Opava, 553 734 109</t>
+  </si>
+  <si>
+    <t>Osobní asistence Ostravsko</t>
+  </si>
+  <si>
+    <t>Baška, Brušperk, Bruzovice, Čavisov, Čeladná, Darkovice, Děhylov, Dobrá, Dobratice, Dolní Domaslavice, Dolní Lhota, Dolní Tošanovice, Fryčovice, Frýdek-Místek, Hať, Hlučín, Hnojník, Horní Domaslavice, Horní Lhota, Horní Tošanovice, Hukvaldy, Janovice, Kaňovice, Klimkovice, Komorní Lhotka, Kozlovice, Krásná, Krmelín, Kunčice pod Ondřejníkem, Lhotka, Lučina, Ludgeřovice, Malenovice, Markvartovice, Metylovice, Morávka, Nižní Lhoty, Nošovice, Olbramice, Ostrava, Ostravice, Palkovice, Paskov, Pazderna, Písek, Pražmo, Pržno, Pstruží, Raškovice, Řeka, Řepiště, Sedliště, Smilovice, Soběšovice, Stará Ves nad Ondřejnicí, Staré Město, Staříč, Střítež, Sviadnov, Šenov, Šilheřovice, Třanovice, Václavovice, Velká Polom, Vělopolí, Vojkovice, Vratimov, Vřesina, Vyšní Lhoty, Zbyslavice, Žabeň, Žermanice</t>
+  </si>
+  <si>
+    <t>Bieblova 2922/3, 70200 Ostrava, 596 115 318</t>
+  </si>
+  <si>
+    <t>Péče srdcem</t>
+  </si>
+  <si>
+    <t>Klimkovice, Ostrava, Václavovice, Vratimov</t>
+  </si>
+  <si>
+    <t>Mírová 98/18, 70300 Ostrava, 777 147 587</t>
+  </si>
+  <si>
+    <t>pečovatelská služba</t>
+  </si>
+  <si>
+    <t>Nový Jičín</t>
+  </si>
+  <si>
+    <t>Pod Lipami 2006/19, 74101 Nový Jičín 1, 556 778 391</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba</t>
+  </si>
+  <si>
+    <t>Kopřivnice</t>
+  </si>
+  <si>
+    <t>Česká 320/29c, 74221 Kopřivnice, 556 808 622</t>
+  </si>
+  <si>
+    <t>Andělská Hora, Bruntál, Heřmanovice, Holčovice, Horní Benešov, Ludvíkov, Město Albrechtice, Milotice nad Opavou, Osoblaha, Staré Město, Světlá Hora, Vrbno pod Pradědem</t>
+  </si>
+  <si>
+    <t>U Rybníka 1568/4, 79201 Bruntál 1, 733 535 580, Svobody 428, 79312 Horní Benešov, 733 535 580, Nemocniční 767/6, 79395 Město Albrechtice, 733 535 580, Světlá 433, 79331 Světlá Hora, 733 535 580, Husova 626, 79326 Vrbno pod Pradědem, 733 535 580</t>
+  </si>
+  <si>
+    <t>Průběžná 6222/122, 70800 Ostrava 8, 555 131 673</t>
+  </si>
+  <si>
+    <t>Tyršova 1761/14, 70200 Ostrava 2, 599 442 643</t>
+  </si>
+  <si>
     <t>Bohumín</t>
   </si>
   <si>
-    <t>Masarykova 365, 73551 Bohumín, 596 092 502</t>
-[...82 lines deleted...]
-  <si>
     <t>Masarykova 365 365, 73581 Bohumín 1, 596 092 502, 987 654 321</t>
   </si>
   <si>
-    <t>Albrechtičky, Bílovec, Bítov, Bravantice, Brušperk, Budišovice, Čavisov, Dolní Lhota, Hlubočec, Horní Lhota, Hrabyně, Jistebník, Kateřinice, Klimkovice, Kyjovice, Lhotka, Mošnov, Nové Sedlice, Olbramice, Ostrava, Otice, Petřvald, Pustá Polom, Raduň, Skřipov, Slatina, Stará Ves nad Ondřejnicí, Těškovice, Tísek, Trnávka, Velká Polom, Velké Albrechtice, Zbyslavice</t>
+    <t>Albrechtičky, Bílov, Bílovec, Bítov, Bravantice, Brušperk, Budišovice, Čavisov, Dolní Lhota, Hlubočec, Horní Lhota, Hrabyně, Jistebník, Kateřinice, Klimkovice, Krmelín, Kyjovice, Lhotka, Mošnov, Nové Sedlice, Olbramice, Ostrava, Otice, Petřvald, Pustá Polom, Raduň, Skřipov, Slatina, Stará Ves nad Ondřejnicí, Těškovice, Tísek, Trnávka, Velká Polom, Velké Albrechtice, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Lidická 217, 74283 Klimkovice, 739 424 175, Jahnova 867/12, 70900 Ostrava 9, 739 424 175</t>
   </si>
   <si>
     <t>Dětmarovice</t>
   </si>
   <si>
     <t>čp. 670, 73571 Dětmarovice, 596 540 143</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Hladké Životice, Jakubčovice nad Odrou, jiná obec v ČR, Kružberk, Kujavy, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Suchdol nad Odrou, Svatoňovice, Větřkovice, Vítkov, Vrchy</t>
   </si>
   <si>
     <t>Pivovarská 317, 74787 Budišov nad Budišovkou, 605 467 813, Masarykova 390, 74245 Fulnek 1, 605 467 813, Hranická 1110/32, 74235 Odry, 731 075 802, Lidická 608, 74901 Vítkov 1, 605 467 813</t>
   </si>
   <si>
     <t>Orlová</t>
   </si>
   <si>
     <t>Adamusova 1269, 73514 Orlová 4, 770 318 812</t>
   </si>
   <si>
+    <t>Bruntál</t>
+  </si>
+  <si>
+    <t>Okružní 287/14, 79201 Bruntál</t>
+  </si>
+  <si>
+    <t>Hlučínská 739, 74727 Kobeřice, 606 168 192</t>
+  </si>
+  <si>
+    <t>Přemyslovců 224/63, 70900 Ostrava 9, 599 459 131, Novoveská 1168/14, 70900 Ostrava 9, 599 459 240, Šimáčkova 1148/27, 70900 Ostrava 9, 599 459 122</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba a Dům s pečovatelskou službou</t>
+  </si>
+  <si>
+    <t>Dolní Lutyně</t>
+  </si>
+  <si>
+    <t>K Penzionu 120, 73553 Dolní Lutyně, 552 301 296, 602 111 062</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba Hrabyně, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Hrabyně</t>
+  </si>
+  <si>
+    <t>Hrabyně 207, 74767 Hrabyně, 727 977 205</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba města Vratimova</t>
+  </si>
+  <si>
+    <t>Vratimov</t>
+  </si>
+  <si>
+    <t>Frýdecká 853/57, 73932 Vratimov, 595 705 911, 596 732 441</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba Příbor</t>
+  </si>
+  <si>
+    <t>Příbor, Skotnice</t>
+  </si>
+  <si>
+    <t>Jičínská 238, 74258 Příbor, 737 286 554</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba v rodinách</t>
+  </si>
+  <si>
+    <t>Syllabova 1278/19, 70300 Ostrava, 605 408 005</t>
+  </si>
+  <si>
+    <t>Poradenské a informační centrum - odborné sociální poradenství</t>
+  </si>
+  <si>
+    <t>Klimkovice, Ostrava, Petřvald, Šenov, Vratimov</t>
+  </si>
+  <si>
+    <t>Holvekova 204/44, 71800 Ostrava 18, 734 875 532, Puchmajerova 980/10, 70200 Ostrava 2, 734 875 532, Plzeňská 2617/6, 70030 Ostrava 30, 734 875 532</t>
+  </si>
+  <si>
+    <t>Poradenské centrum</t>
+  </si>
+  <si>
+    <t>Baška, Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Lučina, Malenovice, Ostravice, Pazderna, Pržno, Pstruží, Raškovice, Staré Hamry</t>
+  </si>
+  <si>
+    <t>Náměstí 3, 73911 Frýdlant nad Ostravicí, 737 627 872, Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 737 627 872</t>
+  </si>
+  <si>
+    <t>Poradna Charity Ostrava</t>
+  </si>
+  <si>
+    <t>Charvátská 785/8, 70030 Ostrava, 731 625 767</t>
+  </si>
+  <si>
+    <t>Poradna pro osoby se zdravotním postižením Opava</t>
+  </si>
+  <si>
+    <t>Bruntál, Krnov, Opava</t>
+  </si>
+  <si>
+    <t>Poradna pro osoby se zdravotním postižením Ostravsko a Frýdecko-Místecko</t>
+  </si>
+  <si>
+    <t>Frýdek-Místek, Ostrava</t>
+  </si>
+  <si>
+    <t>Kolaříkova 2185, 73801 Místek, Bieblova 2922/3, 70200 Ostrava 2, 596 115 318</t>
+  </si>
+  <si>
+    <t>Poradna sv. Alexandra</t>
+  </si>
+  <si>
+    <t>Františka Formana 251/13, 70030 Ostrava, 731 625 840</t>
+  </si>
+  <si>
+    <t>Sociální služby Bystřice</t>
+  </si>
+  <si>
+    <t>Bystřice</t>
+  </si>
+  <si>
+    <t>Bystřice 1317, 73995 Bystřice nad Olší, 702 097 304</t>
+  </si>
+  <si>
+    <t>TABITA Český Těšín, osobní asistence</t>
+  </si>
+  <si>
+    <t>Albrechtice, Český Těšín, Dolní Domaslavice, Dolní Tošanovice, Horní Domaslavice, Horní Suchá, Horní Tošanovice, Chotěbuz, Těrlicko, Třanovice</t>
+  </si>
+  <si>
+    <t>Třanovského 1758/10, 73701 Český Těšín 1, 739 525 242</t>
+  </si>
+  <si>
+    <t>TABITA Jablunkov, osobní asistence</t>
+  </si>
+  <si>
+    <t>Bocanovice, Bukovec, Dolní Lomná, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
+  </si>
+  <si>
+    <t>Dukelská 108, 73991 Jablunkov, 558 713 772, 739 525 242</t>
+  </si>
+  <si>
+    <t>TABITA Třinec, osobní asistence</t>
+  </si>
+  <si>
+    <t>Bystřice, Hnojník, Nýdek, Ropice, Smilovice, Střítež, Třinec, Vělopolí, Vendryně</t>
+  </si>
+  <si>
+    <t>Smetanova 523, 73961 Třinec 1, 739 525 242</t>
+  </si>
+  <si>
+    <t>Terénní pečovatelská služba OASA</t>
+  </si>
+  <si>
+    <t>Branka u Opavy, Dolní Životice, Háj ve Slezsku, Hlubočec, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Kravaře, Litultovice, Mokré Lazce, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Stěbořice, Štítina, Uhlířov, Velké Hoštice, Vršovice</t>
+  </si>
+  <si>
+    <t>Dohnálkova 3052/15, 74601 Opava 1, 553 796 222</t>
+  </si>
+  <si>
+    <t>Bolatice, Branka u Opavy, Březová, Dolní Životice, Háj ve Slezsku, Hlubočec, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Jezdkovice, Kravaře, Litultovice, Mikolajice, Mokré Lazce, Neplachovice, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Slavkov, Služovice, Stěbořice, Štáblovice, Štěpánkovice, Štítina, Uhlířov, Velké Heraltice, Velké Hoštice, Vršovice</t>
+  </si>
+  <si>
+    <t>Kylešovská 777/4, 74601 Opava, 553 764 084</t>
+  </si>
+  <si>
+    <t>Čavisov, Děhylov, Dobroslavice, Dolní Lhota, Janovice, Klimkovice, Markvartovice, Olbramice, Ostrava, Petřvald, Rychvald, Studénka, Šenov, Václavovice, Vřesina</t>
+  </si>
+  <si>
+    <t>Patrice Lumumby 2608, 70030 Ostrava, 604 600 029</t>
+  </si>
+  <si>
+    <t>Frýdlant nad Ostravicí</t>
+  </si>
+  <si>
+    <t>Padlých hrdinů 312, 73911 Frýdlant nad Ostravicí, 558 441 611</t>
+  </si>
+  <si>
+    <t>Seniorcentrum Opava, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Opava</t>
+  </si>
+  <si>
+    <t>Rolnická 1591/29, 74705 Opava 5, 553 730 056, 774 470 650</t>
+  </si>
+  <si>
+    <t>Podané ruce - osobní asistence</t>
+  </si>
+  <si>
+    <t>Frýdek-Místek</t>
+  </si>
+  <si>
+    <t>Malý Koloredov 811, 73801 Frýdek-Místek</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba Slezská Ostrava</t>
+  </si>
+  <si>
+    <t>Heřmanická 1431/19, 71000 Ostrava, 596 245 502, 602 369 430</t>
+  </si>
+  <si>
+    <t>Bystřice, Nýdek, Řeka, Smilovice, Střítež, Třinec, Vendryně</t>
+  </si>
+  <si>
+    <t>Lánská 128, 73961 Třinec, 734 115 925</t>
+  </si>
+  <si>
+    <t>Lepší péče z.s.</t>
+  </si>
+  <si>
+    <t>Štramberk</t>
+  </si>
+  <si>
+    <t>Leskovec nad Moravicí 20, 79368 Leskovec nad Moravicí, 734 510 506</t>
+  </si>
+  <si>
+    <t>Dům s pečovatelskou službou</t>
+  </si>
+  <si>
+    <t>Jindřichov</t>
+  </si>
+  <si>
+    <t>Jindřichov 172, 79383 Jindřichov, 554 641 744</t>
+  </si>
+  <si>
+    <t>Pečovatelská služba Světlá Hora</t>
+  </si>
+  <si>
+    <t>Světlá Hora</t>
+  </si>
+  <si>
+    <t>Světlá 374, 79331 Světlá Hora, 554 773 150</t>
+  </si>
+  <si>
+    <t>Sociální služby města Orlová, příspěvková organizace</t>
+  </si>
+  <si>
+    <t>Adamusova 1269, 73514 Orlová</t>
+  </si>
+  <si>
+    <t>Armáda spásy, Pečovatelská služba Rychvald</t>
+  </si>
+  <si>
     <t>Rychvald</t>
   </si>
   <si>
-    <t>Orlovská 678, 73532 Rychvald, 596 546 739</t>
-[...230 lines deleted...]
-    <t>Adamusova 1269, 73514 Orlová</t>
+    <t>Revoluční 529, 73532 Rychvald</t>
+  </si>
+  <si>
+    <t>Domov Vesalius, z. ú.</t>
+  </si>
+  <si>
+    <t>Branka u Opavy, Bratříkovice, Brumovice, Budišovice, Dolní Životice, Háj ve Slezsku, Hlavnice, Hlubočec, Hněvošice, Holasovice, Hrabyně, Hradec nad Moravicí, Chlebičov, Chvalíkovice, Jakartovice, Jezdkovice, Kyjovice, Lhotka u Litultovic, Litultovice, Mikolajice, Mladecko, Mokré Lazce, Neplachovice, Nové Sedlice, Oldřišov, Opava, Otice, Pustá Polom, Raduň, Skřipov, Slavkov, Služovice, Sosnová, Stěbořice, Štáblovice, Štítina, Těškovice, Uhlířov, Velké Heraltice, Velké Hoštice, Vršovice</t>
+  </si>
+  <si>
+    <t>Sušilova 1751/1, 74601 Opava, 597 457 877</t>
+  </si>
+  <si>
+    <t>Komplexní domácí péče Hestia s.r.o. - pečovatelská služba</t>
+  </si>
+  <si>
+    <t>Albrechtice, Havířov, Horní Bludovice, Horní Suchá, Těrlicko</t>
+  </si>
+  <si>
+    <t>Dlouhá třída 1510/18d, 73601 Havířov, 603 472 765</t>
+  </si>
+  <si>
+    <t>Charita Odry</t>
+  </si>
+  <si>
+    <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Jakubčovice nad Odrou, Kružberk, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Svatoňovice, Větřkovice, Vítkov, Vražné, Vrchy</t>
+  </si>
+  <si>
+    <t>Hranická 162/36, 74235 Odry, 604 645 350</t>
+  </si>
+  <si>
+    <t>Město Nový Jičín</t>
+  </si>
+  <si>
+    <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
+  </si>
+  <si>
+    <t>Pod Lipami 2006/19, 74101 Nový Jičín, 556 778 391</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1011,54 +1047,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C86"/>
+  <dimension ref="A1:C89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C86" sqref="C86"/>
+      <selection activeCell="C89" sqref="C89"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -1213,178 +1249,178 @@
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="B19" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="2" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B20" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C20" s="2" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B21" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C21" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B22" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C22" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B23" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B29" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="B29" s="2" t="s">
+      <c r="C29" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="32" spans="1:3">
@@ -1392,62 +1428,62 @@
         <v>79</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B34" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C34" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B35" s="2" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>94</v>
@@ -1458,51 +1494,51 @@
         <v>95</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>108</v>
@@ -1568,450 +1604,483 @@
         <v>118</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>96</v>
+        <v>125</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>99</v>
+        <v>7</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>7</v>
+        <v>140</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>150</v>
+        <v>7</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>7</v>
+        <v>154</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>158</v>
+        <v>7</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>162</v>
+        <v>108</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2" t="s">
         <v>163</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>7</v>
+        <v>164</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>166</v>
+        <v>7</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>108</v>
+        <v>167</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>7</v>
+        <v>172</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2" t="s">
-        <v>181</v>
+        <v>43</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2" t="s">
-        <v>184</v>
+        <v>98</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2" t="s">
-        <v>46</v>
+        <v>118</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>187</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2" t="s">
-        <v>98</v>
+        <v>189</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2" t="s">
-        <v>118</v>
+        <v>192</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>194</v>
+        <v>7</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2" t="s">
-        <v>196</v>
+        <v>43</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>155</v>
+        <v>197</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>7</v>
+        <v>200</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2" t="s">
-        <v>46</v>
+        <v>202</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>206</v>
+        <v>133</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>132</v>
+        <v>214</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>212</v>
+        <v>215</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>224</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">