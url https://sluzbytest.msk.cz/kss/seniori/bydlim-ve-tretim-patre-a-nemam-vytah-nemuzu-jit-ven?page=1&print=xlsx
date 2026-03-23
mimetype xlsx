--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -455,51 +455,51 @@
   <si>
     <t>Pečovatelská služba a Dům s pečovatelskou službou</t>
   </si>
   <si>
     <t>Dolní Lutyně</t>
   </si>
   <si>
     <t>K Penzionu 120, 73553 Dolní Lutyně, 552 301 296, 602 111 062</t>
   </si>
   <si>
     <t>Pečovatelská služba Hrabyně, příspěvková organizace</t>
   </si>
   <si>
     <t>Hrabyně</t>
   </si>
   <si>
     <t>Hrabyně 207, 74767 Hrabyně, 727 977 205</t>
   </si>
   <si>
     <t>Pečovatelská služba města Vratimova</t>
   </si>
   <si>
     <t>Vratimov</t>
   </si>
   <si>
-    <t>Frýdecká 853/57, 73932 Vratimov, 595 705 911, 596 732 441</t>
+    <t>Frýdecká 853/57, 73932 Vratimov, 596 732 441, 607 225 927</t>
   </si>
   <si>
     <t>Pečovatelská služba Příbor</t>
   </si>
   <si>
     <t>Příbor, Skotnice</t>
   </si>
   <si>
     <t>Jičínská 238, 74258 Příbor, 737 286 554</t>
   </si>
   <si>
     <t>Pečovatelská služba v rodinách</t>
   </si>
   <si>
     <t>Syllabova 1278/19, 70300 Ostrava, 605 408 005</t>
   </si>
   <si>
     <t>Poradenské a informační centrum - odborné sociální poradenství</t>
   </si>
   <si>
     <t>Klimkovice, Ostrava, Petřvald, Šenov, Vratimov</t>
   </si>
   <si>
     <t>Holvekova 204/44, 71800 Ostrava 18, 734 875 532, Puchmajerova 980/10, 70200 Ostrava 2, 734 875 532, Plzeňská 2617/6, 70030 Ostrava 30, 734 875 532</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>Dlouhá třída 1510/18d, 73601 Havířov, 603 472 765</t>
   </si>
   <si>
     <t>Charita Odry</t>
   </si>
   <si>
     <t>Březová, Budišov nad Budišovkou, Čermná ve Slezsku, Fulnek, Heřmanice u Oder, Heřmánky, Jakubčovice nad Odrou, Kružberk, Luboměř, Mankovice, Melč, Moravice, Nové Lublice, Odry, Radkov, Spálov, Staré Těchanovice, Svatoňovice, Větřkovice, Vítkov, Vražné, Vrchy</t>
   </si>
   <si>
     <t>Hranická 162/36, 74235 Odry, 604 645 350</t>
   </si>
   <si>
     <t>Město Nový Jičín</t>
   </si>
   <si>
     <t>Bartošovice, Bernartice nad Odrou, Hladké Životice, Hodslavice, Hostašovice, Jeseník nad Odrou, Kunín, Libhošť, Mořkov, Nový Jičín, Rybí, Sedlnice, Starý Jičín, Suchdol nad Odrou, Šenov u Nového Jičína, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Pod Lipami 2006/19, 74101 Nový Jičín, 556 778 391</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1043,51 +1043,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C89" sqref="C89"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -2043,59 +2043,50 @@
       <c r="A88" s="2" t="s">
         <v>219</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="2" t="s">
         <v>222</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>223</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>224</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>