--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
@@ -197,51 +197,51 @@
   <si>
     <t>Český Těšín</t>
   </si>
   <si>
     <t>Ostravská 783, 73701 Český Těšín</t>
   </si>
   <si>
     <t>Anděl na drátě</t>
   </si>
   <si>
     <t>Albrechtice, Albrechtičky, Andělská Hora, Bartošovice, Baška, Bělá, Bernartice nad Odrou, Bílá, Bílčice, Bílov, Bílovec, Bítov, Bocanovice, Bohumín, Bohuslavice, Bohušov, Bolatice, Bordovice, Branka u Opavy, Brantice, Bratříkovice, Bravantice, Brumovice, Bruntál, Brušperk, Bruzovice, Březová, Břidličná, Budišov nad Budišovkou, Budišovice, Bukovec, Býkov-Láryšov, Bystřice, Čaková, Čavisov, Čeladná, Čermná ve Slezsku, Český Těšín, Darkovice, Děhylov, Dětmarovice, Dětřichov nad Bystřicí, Dívčí Hrad, Dlouhá Stráň, Dobrá, Dobratice, Dobroslavice, Dolní Benešov, Dolní Domaslavice, Dolní Lhota, Dolní Lomná, Dolní Lutyně, Dolní Moravice, Dolní Tošanovice, Dolní Životice, Doubrava, Dvorce, Frenštát pod Radhoštěm, Fryčovice, Frýdek-Místek, Frýdlant nad Ostravicí, Fulnek, Háj ve Slezsku, Hať, Havířov, Heřmanice u Oder, Heřmánky, Heřmanovice, Hladké Životice, Hlavnice, Hlinka, Hlubočec, Hlučín, Hněvošice, Hnojník, Hodslavice, Holasovice, Holčovice, Horní Benešov, Horní Bludovice, Horní Domaslavice, Horní Lhota, Horní Lomná, Horní Město, Horní Suchá, Horní Tošanovice, Horní Životice, Hostašovice, Hošťálkovy, Hrabyně, Hradec nad Moravicí, Hrádek, Hrčava, Hukvaldy, Chlebičov, Chotěbuz, Chuchelná, Chvalíkovice, Jablunkov, Jakartovice, Jakubčovice nad Odrou, Janov, Janovice, Jeseník nad Odrou, Jezdkovice, Jindřichov, Jiříkov, Jistebník, Kaňovice, Karlova Studánka, Karlovice, Karviná, Kateřinice, Klimkovice, Kobeřice, Komorní Lhotka, Kopřivnice, Košařiska, Kozlovice, Kozmice, Krásná, Krasov, Kravaře, Krmelín, Krnov, Kružberk, Křišťanovice, Kujavy, Kunčice pod Ondřejníkem, Kunín, Kyjovice, Leskovec nad Moravicí, Lhotka, Lhotka u Litultovic, Libhošť, Lichnov, Liptaň, Litultovice, Lomnice, Luboměř, Lučina, Ludgeřovice, Ludvíkov, Malá Morávka, Malá Štáhle, Malenovice, Mankovice, Markvartovice, Melč, Město Albrechtice, Metylovice, Mezina, Mikolajice, Milíkov, Milotice nad Opavou, Mladecko, Mokré Lazce, Moravice, Morávka, Moravskoslezský Kočov, Mořkov, Mosty u Jablunkova, Mošnov, Návsí, Neplachovice, Nižní Lhoty, Nošovice, Nová Pláň, Nové Heřminovy, Nové Lublice, Nové Sedlice, Nový Jičín, Nýdek, Oborná, Odry, Olbramice, Oldřišov, Opava, Orlová, Osoblaha, Ostrava, Ostravice, Otice, Palkovice, Paskov, Pazderna, Petrovice, Petrovice u Karviné, Petřvald, Písečná, Písek, Píšť, Pražmo, Pržno, Příbor, Pstruží, Pustá Polom, Pustějov, Radkov, Raduň, Raškovice, Razová, Rohov, Ropice, Roudno, Rudná pod Pradědem, Rusín, Rybí, Rychvald, Rýmařov, Ryžoviště, Řeka, Řepiště, Sedliště, Sedlnice, Skotnice, Skřipov, Slatina, Slavkov, Slezské Pavlovice, Slezské Rudoltice, Služovice, Smilovice, Soběšovice, Sosnová, Spálov, Stará Ves, Stará Ves nad Ondřejnicí, Staré Hamry, Staré Heřminovy, Staré Město, Staré Těchanovice, Starý Jičín, Staříč, Stěbořice, Stonava, Strahovice, Střítež, Studénka, Sudice, Suchdol nad Odrou, Svatoňovice, Světlá Hora, Sviadnov, Svobodné Heřmanice, Šenov, Šenov u Nového Jičína, Šilheřovice, Široká Niva, Štáblovice, Štěpánkovice, Štítina, Štramberk, Těrlicko, Těškovice, Tichá, Tísek, Trnávka, Trojanovice, Třanovice, Třebom, Třemešná, Třinec, Tvrdkov, Uhlířov, Úvalno, Václavov u Bruntálu, Václavovice, Valšov, Velká Polom, Velká Štáhle, Velké Albrechtice, Velké Heraltice, Velké Hoštice, Vělopolí, Vendryně, Veřovice, Větřkovice, Vítkov, Vojkovice, Vratimov, Vražné, Vrbno pod Pradědem, Vrchy, Vršovice, Vřesina, Vysoká, Vyšní Lhoty, Zátor, Závada, Závišice, Zbyslavice, Žabeň, Ženklava, Žermanice, Životice u Nového Jičína</t>
   </si>
   <si>
     <t>Karlovo náměstí 84, 54701 Náchod, 774 705 824</t>
   </si>
   <si>
     <t>Anděl Strážný, z.ú. - tísňová péče</t>
   </si>
   <si>
     <t>Smetanova 523, 73961 Třinec, 731 411 688</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -548,51 +548,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -800,59 +800,50 @@
       <c r="A20" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>