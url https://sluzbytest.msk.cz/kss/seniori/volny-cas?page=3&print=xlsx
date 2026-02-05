--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Název služby</t>
   </si>
   <si>
     <t>Územní působnost</t>
   </si>
   <si>
     <t>Kontakt</t>
   </si>
   <si>
     <t>Centrum denních služeb</t>
   </si>
   <si>
     <t>Ostrava</t>
   </si>
   <si>
     <t>Ivana Sekaniny 1812/16, 70800 Ostrava, 555 131 673</t>
   </si>
   <si>
     <t>Centrum denních služeb Domovinka</t>
   </si>
   <si>
     <t>Frýdek-Místek</t>
   </si>
   <si>
@@ -195,50 +195,53 @@
     <t>Nádražní 2, 73921 Paskov, 733 676 613</t>
   </si>
   <si>
     <t>Domov Vesalius, z. ú.</t>
   </si>
   <si>
     <t>Sušilova 1751/1, 74601 Opava 1, 597 457 877, 608 414 993</t>
   </si>
   <si>
     <t>Odlehčovací služba Ondrášek</t>
   </si>
   <si>
     <t>Čavisov, Dolní Lhota, Horní Lhota, Klimkovice, Olbramice, Ostrava, Stará Ves nad Ondřejnicí, Šenov, Václavovice, Velká Polom, Vratimov, Vřesina, Zbyslavice</t>
   </si>
   <si>
     <t>Volgogradská 2633/2, 70030 Ostrava, Gurťjevova 459/11, 70030 Ostrava, 602 233 037</t>
   </si>
   <si>
     <t>Odlehčovací služby</t>
   </si>
   <si>
     <t>Bílá, Čeladná, Dobrá, Frýdlant nad Ostravicí, Janovice, Kozlovice, Kunčice pod Ondřejníkem, Lhotka, Malenovice, Metylovice, Ostravice, Pržno, Pstruží, Staré Hamry</t>
   </si>
   <si>
     <t>Náměstí 6, 73911 Frýdlant nad Ostravicí, 603 980 386</t>
+  </si>
+  <si>
+    <t>Pohoda</t>
   </si>
   <si>
     <t>TABITA Český Těšín, odlehčovací služby</t>
   </si>
   <si>
     <t>Albrechtice, Český Těšín, Horní Suchá, Chotěbuz, Těrlicko</t>
   </si>
   <si>
     <t>Třanovského 1758/10, 73701 Český Těšín 1, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Jablunkov, odlehčovací služby</t>
   </si>
   <si>
     <t>Bocanovice, Bukovec, Horní Lomná, Hrádek, Jablunkov, Milíkov, Mosty u Jablunkova, Návsí, Písečná, Písek</t>
   </si>
   <si>
     <t>Dukelská 108, 73991 Jablunkov, 558 713 772, 739 525 242</t>
   </si>
   <si>
     <t>TABITA Třinec, odlehčovací služby</t>
   </si>
   <si>
     <t>Bystřice, Hnojník, Nýdek, Ropice, Střítež, Třinec, Vělopolí, Vendryně</t>
   </si>
@@ -621,54 +624,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C30"/>
+  <dimension ref="A1:C31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C30" sqref="C30"/>
+      <selection activeCell="C31" sqref="C31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="2" t="s">
@@ -881,131 +884,142 @@
         <v>55</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" s="2" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="2" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C26" s="2" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" s="2" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C28" s="2" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C29" s="2" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C30" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="B30" s="2" t="s">
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="C30" s="2" t="s">
+      <c r="B31" s="2" t="s">
         <v>82</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">